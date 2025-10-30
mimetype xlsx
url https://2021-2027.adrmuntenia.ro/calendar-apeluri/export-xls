--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Actiuni indicative</t>
   </si>
   <si>
     <t>Obiectiv de politica</t>
   </si>
   <si>
     <t>Potențiali aplicanți</t>
   </si>
   <si>
     <t>Total alocare financiara</t>
   </si>
   <si>
     <t>Alocare financiara federala</t>
   </si>
   <si>
@@ -203,51 +203,51 @@
   <si>
     <t>Obiectivul specific RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>&lt;p&gt;a) Investiții (reabilitare, modernizare, extindere) în rețeaua de drumuri județene care asigură conectivitatea directă sau indirectă cu rețeaua TEN-T de bază și extinsă, precum și măsuri pentru reducerea impacturilor semnificative asupra IVA și realizarea conectivității coridoarelor ecologice (doar acolo unde este relevant), realizarea/amenajarea/extinderea de piste de biciclete de-a lungul drumurilor județene, realizarea de investiții suplimentare pentru protecția drumului respectiv față de efectele generate de condiții meteorologice extreme (de ex. realizarea de perdele forestiere, etc).&lt;/p&gt;&lt;p&gt;b) Investiții (reabilitare, modernizare, extindere) pentru descongestionarea și fluidizarea traficului prin intervenții în infrastructura rutieră de drumuri județene care asigură conectivitatea directă sau indirectă cu rețeaua TEN-T de bază și extinsă, inclusiv în zona urbană (pasaje, noduri rutiere, extinderi la 4 benzi, variante ocolitoare, poduri, etc).&lt;/p&gt;</t>
   </si>
   <si>
     <t>OP.3 - O Europă conectată prin dezvoltarea mobilității</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;UAT Județ;&lt;/li&gt;&lt;li&gt;Parteneriatele între UAT Județ(e) și UAT-uri municipii/orașe/comune (inclusiv în cazul variantelor ocolitoare cu statut de drum județean);&lt;/li&gt;&lt;li&gt;Parteneriatele între UAT Județe (două sau mai multe).&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2023-02-09 17:00:27</t>
   </si>
   <si>
     <t>2023-03-03 23:59:36</t>
   </si>
   <si>
     <t>2023-12-15 12:00:40</t>
   </si>
   <si>
     <t>2024-02-01 08:00:59</t>
   </si>
   <si>
-    <t>2025-12-31 14:00:00</t>
+    <t>2026-12-31 14:00:00</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23 - Sprijin acordat învățământului primar și secundar pentru îmbunătățirea accesului egal la servicii de calitate și incluzive în  educație, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>Prioritatea 5 - O regiune educată</t>
   </si>
   <si>
     <t>Obiectivul specific RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea infrastructurii educaţionale publice pentru învăţământul primar și secundar;&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea campusurilor școlare pentru învătământul primar și secundar;&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea spații pentru Programul Școală după Școală pentru învătământul primar și secundar;&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea centrelor de excelență pentru învătământul primar și secundar;&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea palatelor și cluburile copiilor pentru învătământul primar și secundar.&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea și dotarea infrastructurii sportive asociate unităților de învățământ publice;&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea și dotarea infrastructurii de artă asociate unităților de învățământ publice;&lt;/li&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea și dotarea infrastructurii centrelor de pregătire sportivă stabilite pe lângă școli sau instituții de învățământ publice.&lt;/li&gt;&lt;li&gt;Achiziționarea de autobuze/ microbuze școlare pentru școlile din mediul rural, din localități greu accesibile și care se confruntă cu un declin al populației școlare&lt;/li&gt;&lt;li&gt;Dezvoltarea de aplicații și soluții în vederea digitalizarii procesului educațional, precum și dotarea cu echipamentele necesare;&lt;/li&gt;&lt;li&gt;Comunicarea și vizibilitatea aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală;&lt;/li&gt;&lt;li&gt;Activitățile de tip FSE+, fiind activități conexe în cadrul proiectelor, menite să prevină segregarea școlară, care sunt favorabile incluziunii în educație, în special pentru elevii ce provin din grupurile marginalizate pe criterii de etnie, dizabilități și cerințe educaționale speciale, statutul socio-economic al părinților/familiilor.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>OP.4 - O Europă mai socială</t>
   </si>
   <si>
     <t>&lt;p&gt;• Unităţi administrativ-teritoriale din regiunea Sud-Muntenia, din mediul rural și urban, definite conform O.U.G.nr.57/03.07.2019 privind Codul Administrativ, cu modificările şi completările ulterioare;&lt;br&gt;• Instituții ale administraţiei publice locale, din regiunea Sud-Muntenia, din mediul rural si urban, aflate în subordinea sau coordonarea autorităţii publice locale, desprinse din aparatul Primăriei, cu bugetul aprobat prin hotărâre de consiliu local și care derulează proceduri de achiziţii publice având personalitate juridică;&lt;br&gt;• Forme asociative între entitățile menționate de mai sus.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2024-04-19 08:30:00</t>
   </si>
   <si>
     <t>2024-06-19 08:00:37</t>
   </si>
@@ -386,431 +386,416 @@
   <si>
     <t>2024-07-15 15:45:24</t>
   </si>
   <si>
     <t>2024-07-22 08:00:55</t>
   </si>
   <si>
     <t>2026-07-21 14:00:10</t>
   </si>
   <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26 - Sprijin acordat municipiilor, altele decât municipiile reședință de județ, și orașelor, inclusiv zonelor urbane funcționale ale acestora, din regiunea Sud-Muntenia, pentru investiții în operațiuni de mobilitate urbană multimodală sustenabilă</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;Unitățile administrativ-teritoriale Municipiu (exceptând municipiile reședință de județ)/Oraș din regiunea Sud-Muntenia;&lt;/li&gt;&lt;li&gt;Unitățile administrativ-teritoriale Județ din regiunea Sud-Muntenia care au în proprietate sau în administrare imobile situate pe teritoriul municipiului/ orașului;&lt;/li&gt;&lt;li&gt;Parteneriatele între unități administrativ teritoriale din regiunea Sud-Muntenia: UAT Municipiu (exceptând municipiile reședință de județ)/Oraș/Județ, în calitate de lider, și UAT Comună/Comune din zona funcțională urbană, în calitate de partener.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2024-07-15 16:00:03</t>
   </si>
   <si>
     <t>2024-09-16 08:00:26</t>
   </si>
   <si>
     <t>2025-09-15 14:00:00</t>
   </si>
   <si>
-    <t>PRSM/1126/7/1/Asistență tehnică - Asigurarea funcționării sistemului de management al PR Sud-Muntenia, având solicitant de finanțare Agenția pentru Dezvoltare Regională a Regiunii Sud Muntenia, în calitate de Autoritate de Management pentru Programul Regional Sud-Muntenia 2021-2027</t>
+    <t>PRSM/473/PRSM_P1/OP1/RSO1.2/PRSM_A38 - Valorificarea avantajelor digitalizării, în beneficiul cetățenilor, al organizațiilor de cercetare și al autorităților publice, prin investiții în dezvoltarea infrastructurii, serviciilor și echipamentelor IT relevante și necesare</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;1. Achiziția de dispozitive și echipamente de hardware și software TIC, IoT, instalații necesare, eficiente energetic, scalabile, de înaltă disponibilitate, inclusiv servicii de instalare, configurare și punere în funcțiune, testarea tehnologiilor și soluțiilor care sprijină digitalizarea.&lt;/p&gt;&lt;p&gt;2. Achiziția, dezvoltarea, testarea și pilotarea soluțiilor și aplicațiilor digitale de tip cloud computing (Saas, PaaS, IaaS).&lt;/p&gt;&lt;p&gt;3. Achiziția și/sau dezvoltarea de software/licențe pentru:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;configurarea și implementarea bazelor de date;&lt;/li&gt;&lt;li&gt;migrarea și integrarea diverselor structuri de date existente;&lt;/li&gt;&lt;li&gt;sisteme/soluții de facturare, plată, monitorizare a contractelor publice, inclusiv de arhivare;&lt;/li&gt;&lt;li&gt;dezvoltarea și implementarea de soluții bazate pe IA (Artificial Intelligence): tehnologii lingvistice, tehnologii vocale, chat-bots, instrumente de traducere automată, de analiză a textului, de sinteză a vorbirii etc.;&lt;/li&gt;&lt;li&gt;sisteme/soluții de administrare a spațiilor/ rețelelor/ echipamentelor - pentru gestiunea utilităților, monitorizare consumuri etc.;&lt;/li&gt;&lt;li&gt;securitate cibernetică (protecția tranzacțiilor online și a datelor personale): soluții pentru securizarea rețelelor, securizarea sistemelor de calcul, criptare de documente, securizarea prezenței pe internet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4. Construirea/ reabilitarea/ modernizarea/ extinderea spațiilor pentru găzduirea infrastructurii IT, inclusiv dezvoltarea/extinderea rețelei de alimentare cu energie electrică, cabluri de fibră optică și dotarea spațiilor pentru găzduirea infrastructurii IT cu echipamente de comunicații de mare capacitate, sisteme de climatizare redundantă și eficientă din punct de vedere energetic, pentru securitate fizică (control, acces, monitorizare video, antiefracție etc), sisteme de detecție și stingere incendiu cu gaz inert care să asigure protecția pentru întreaga infrastructură. Valoarea acestor cheltuieli va fi de maximum 20% din valoarea eligibilă a proiectului.&lt;/p&gt;&lt;p&gt;5. Activități obligatorii de comunicare și vizibilitate ce vor fi în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală „Vizibilitate, transparență și comunicare în perioada de programare 2021—2027”.&lt;/p&gt;&lt;p&gt;6. Activități conexe - creștere a capacității administrativă a solicitanților în domeniul digitalizării&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Autorități și instituții publice centrale: ministere, alte organe de specialitate care se organizează în subordinea Guvernului ori a ministerelor, instituțiile publice din subordinea Guvernului ori a ministerelor, autoritățile administrative autonome, Instituția prefectului;&lt;/li&gt;&lt;li&gt;Autorități și instituții publice locale: APL/ UAT comună, oraș, municipiu, județ;&lt;/li&gt;&lt;li&gt;Parteneriate între entitățile de mai sus, în conformitate cu prevederile legale.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-07-31 16:00:05</t>
+  </si>
+  <si>
+    <t>2023-08-23 16:00:14</t>
+  </si>
+  <si>
+    <t>2024-08-30 15:22:42</t>
+  </si>
+  <si>
+    <t>2024-11-01 08:00:54</t>
+  </si>
+  <si>
+    <t>2025-06-30 14:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/ID/1/1/1.4 - Dezvoltarea competențelor pentru specializare inteligentă, tranziție industrială și antreprenoriat</t>
+  </si>
+  <si>
+    <t>Obiectivul specific RSO1.4 - Dezvoltarea competențelor pentru specializare inteligentă, tranziție industrială și antreprenoriat</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;1 Dezvoltarea competențelor și abilităților pentru specializare inteligentă, tranziție industrială, economie circulară și antreprenoriat la nivelul IMMurilor.&lt;/p&gt;&lt;p&gt;2. Dezvoltarea competențelor și abilităților pentru specializare inteligentă, tranziție industrială, economie circulară și antreprenoriat la nivelul universităților publice și organizațiilor publice de CDI / autorităților publice.&lt;/p&gt;&lt;p&gt;3. Dezvoltarea capacității administrative a actorilor implicați în elaborarea, implementarea, monitorizarea, evaluarea și revizuirea RIS3 și a mecanismului de descoperire antreprenorială.&lt;/p&gt;&lt;p&gt;4. Activități de informare, comunicare și studii.&lt;br&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Microîntreprinderi, întreprinderi mici și mijlocii&lt;/li&gt;&lt;li&gt;Universități publice și organizații publice de CDI&lt;/li&gt;&lt;li&gt;Coordonator RIS 3 (ADR Sud-Muntenia)&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-07-31 18:00:00</t>
+  </si>
+  <si>
+    <t>2023-08-23 18:00:23</t>
+  </si>
+  <si>
+    <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40 - Promovarea dezvoltării integrate și incluzive în domeniul cultural și a patrimoniului natural în regiunea Sud-Muntenia pentru municipii reședință de județ și zonele urbane funcționale ale acestora</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Protecția, conservarea și valorificarea durabilă a patrimoniului cultural prin activități de restaurare, consolidare, extindere, accesibilizare și dotare (pentru expunerea și protecția patrimoniului cultural imobil) a monumentelor istorice de categoria A, inclusiv servicii de digitizare/digitalizare în scop educativ, precum și activități de marketing și promovare turistică;&lt;/li&gt;&lt;li&gt;Elaborare/actualizare SIDU;&lt;/li&gt;&lt;li&gt;Investiții privind &amp;nbsp;infrastructura edilitară necesară care face parte din amplasamentul proiectului.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Activitățile specifice obiectivelor de patrimoniu cultural includ, dar nu se limitează la:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;restaurarea, consolidarea, protecţia şi conservarea monumentelor istorice;&lt;/li&gt;&lt;li&gt;restaurarea, protecţia, conservarea picturilor interioare, frescelor, &amp;nbsp; picturilor murale &amp;nbsp;exterioare, stucaturilor, iconostas;&lt;/li&gt;&lt;li&gt;restaurarea şi remodelarea plasticii faţadelor;&lt;/li&gt;&lt;li&gt;dotări interioare (instalaţii, echipamente şi dotări pentru asigurarea condiţiilor de &amp;nbsp;climatizare, siguranţă la foc, antiefracţie);&lt;/li&gt;&lt;li&gt;dotări pentru expunerea şi protecţia patrimoniului cultural mobil şi imobil;&lt;/li&gt;&lt;li&gt;activități de marketing și promovare turistică a obiectivului restaurat, inclusiv de informare publică cu privire a intenţia de a implementa proiectul;&lt;/li&gt;&lt;li&gt;activităţi pentru digitizarea/ digitalizare obiectivului restaurat în cadrul proiectului;&lt;/li&gt;&lt;li&gt;activităţi conexe pentru punerea în valoare sau funcţionalitate a obiectivului de patrimoniu restaurat.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Unităţi administrativ-teritoriale Municipii reședință de județ (UAT MRJ)&lt;/li&gt;&lt;li&gt;Unități de cult&lt;/li&gt;&lt;li&gt;Autorități publice locale&lt;/li&gt;&lt;li&gt;Parteneriate între aceste entități, respectiv:&lt;ul&gt;&lt;li&gt;UAT MRJ, în calitate de lider al parteneriatului, cu UAT din zona urbană funcțională a MRJ/ autorități ale administrației publice locale/ unitate de cult/ UAT Județ, în calitate de partener;&lt;/li&gt;&lt;li&gt;Autoritate a administraţiei publice locale, în calitate de lider al parteneriatului, cu unități de cult, în calitate de partener.&lt;br&gt;&amp;nbsp;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-08-18 10:00:00</t>
+  </si>
+  <si>
+    <t>2023-09-11 10:00:00</t>
+  </si>
+  <si>
+    <t>2024-05-27 14:15:56</t>
+  </si>
+  <si>
+    <t>2024-07-26 08:00:08</t>
+  </si>
+  <si>
+    <t>2025-03-27 15:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/380/PRSM_P6/OP5/RSO5.2/PRSM_A40 - Promovarea dezvoltării intregrate și incluzive în domeniul cultural și a patrimoniului natural în regiunea Sud-Muntenia pentru comune, orașe și municipii, altele decât municipiile reședință de județ</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Protecția, conservarea și valorificarea durabilă a patrimoniului cultural prin activități de restaurare, consolidare, extindere, accesibilizare și dotare (pentru expunerea și protecția patrimoniului cultural imobil) a monumentelor istorice de categoria A, inclusiv servicii de digitizare/digitalizare în scop educativ, precum și activități de marketing și promovare turistică;&lt;/li&gt;&lt;li&gt;Elaborare/actualizare SIDJ;&lt;/li&gt;&lt;li&gt;Investiții privind &amp;nbsp;infrastructura edilitară necesară care face parte din amplasamentul proiectului.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Activitățile specifice obiectivelor de patrimoniu cultural includ, dar nu se limitează la:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;restaurarea, consolidarea, protecţia şi conservarea monumentelor istorice;&lt;/li&gt;&lt;li&gt;restaurarea, protecţia, conservarea picturilor interioare, frescelor, &amp;nbsp; picturilor murale &amp;nbsp;exterioare, stucaturilor, iconostas;&lt;/li&gt;&lt;li&gt;restaurarea şi remodelarea plasticii faţadelor;&lt;/li&gt;&lt;li&gt;dotări interioare (instalaţii, echipamente şi dotări pentru asigurarea condiţiilor de &amp;nbsp;climatizare, siguranţă la foc, antiefracţie);&lt;/li&gt;&lt;li&gt;dotări pentru expunerea şi protecţia patrimoniului cultural mobil şi imobil;&lt;/li&gt;&lt;li&gt;activități de marketing și promovare turistică a obiectivului restaurat, inclusiv de informare publică cu privire a intenţia de a implementa proiectul;&lt;/li&gt;&lt;li&gt;activităţi pentru digitizarea/ digitalizare obiectivului restaurat în cadrul proiectului;&lt;/li&gt;&lt;li&gt;activităţi conexe pentru punerea în valoare sau funcţionalitate a obiectivului de patrimoniu restaurat.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;A. Unităţi administrativ-teritoriale municipii(altele decât municipiile reședință de județ) din regiunea Sud Muntenia&lt;/li&gt;&lt;li&gt;B. Unitățile administrativ-teritoriale orașe din regiunea Sud-Muntenia&lt;/li&gt;&lt;li&gt;C. Unități administrativ-teritoriale Județ&lt;/li&gt;&lt;li&gt;D. Unități de cult&lt;/li&gt;&lt;li&gt;E. Autorități publice locale&lt;/li&gt;&lt;li&gt;Parteneriate între aceste entități, respectiv:&lt;ul&gt;&lt;li&gt;Unitate administrativ-teritorială municipiu/ oraș/județ, în calitate de lider în parteneriat, și UAT din zona urbană funcțională a municipiului sau orașului/UAT din zona rurală/autoritate a administraţiei publice locale/ unitate de cult, în calitate de partener&lt;/li&gt;&lt;li&gt;Autoritate a administraţiei publice locale, în calitate de lider în parteneriat, cu o unitate administrativ-teritorială/ unitate de cult, în calitate de partener.&amp;nbsp;&lt;br&gt;&amp;nbsp;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-08-18 10:00:38</t>
+  </si>
+  <si>
+    <t>2023-09-11 10:00:45</t>
+  </si>
+  <si>
+    <t>2024-05-27 14:50:50</t>
+  </si>
+  <si>
+    <t>2024-07-26 08:00:58</t>
+  </si>
+  <si>
+    <t>2025-05-27 14:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13 - Intensificarea acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare prin investiții în infrastructura verde-albastră</t>
+  </si>
+  <si>
+    <t>Obiectivul specific RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;UAT municipii reședință de județ/ municipii/ orașe/ județ/ comună din regiunea Sud-Muntenia;&lt;/li&gt;&lt;li&gt;Parteneriate între UAT municipii reședință de județ/ municipii/ orașe, în calitate de lider de parteneriat, și unitățile administrativ-teritoriale din zona urbană funcțională a acestora, în calitate de partener;&lt;/li&gt;&lt;li&gt;Parteneriate între UAT județ, în calitate de lider de parteneriat, și UAT din mediul rural, în calitate de partener.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-08-31 12:00:14</t>
+  </si>
+  <si>
+    <t>2023-09-22 12:00:49</t>
+  </si>
+  <si>
+    <t>2024-11-29 14:00:45</t>
+  </si>
+  <si>
+    <t>2025-02-03 08:00:05</t>
+  </si>
+  <si>
+    <t>2025-11-28 12:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22 - Sprijin acordat învățământului profesional, tehnic și educației adulților pentru îmbunătățirea accesului egal la servicii de calitate și incluzive în  educație, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea unităților de învățământ publice și a campusurilor școlare publice pentru formarea profesională prin învățământ profesional și tehnic (școli profesionale), învățământ dual public;&lt;/li&gt;&lt;li&gt;reabilitarea/ modernizarea/ dotarea infrastructurii aferente centrelor regionale de formare profesională a adulților;&lt;/li&gt;&lt;li&gt;dezvoltarea de aplicații și soluții în vederea digitalizarii procesului educațional, precum și dotarea cu echipamentele necesare;&lt;/li&gt;&lt;li&gt;comunicarea și vizibilitatea aferente proiectului în conformitate cu prevederile contractului de finanțare și cu prevederile Ghidului de Identitate Vizuală PRSM;&lt;/li&gt;&lt;li&gt;activitățile de tip FSE+, fiind activități conexe în cadrul proiectelor, menite să prevină segregarea școlară, care sunt favorabile incluziunii în educație, în special pentru elevii ce provin din grupurile marginalizate pe criterii de etnie, dizabilități și cerințe educaționale speciale, statutul socio-economic al părinților/familiilor.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A. Unităţi administrativ-teritoriale din regiunea Sud-Muntenia, din mediul urban și rural.&lt;/p&gt;&lt;p&gt;B. Instituții ale administraţiei publice locale aferente entităţilor menţionate la punctul A), spre exemplu: acele entităţi (Direcţie/Serviciu) desprinse din aparatul Primăriei, aflate sub coordonarea Consiliului Local, cu bugetul aprobat prin HCL, derulează proceduri de achiziţii publice având personalitate juridică şi care au primit în administrare infrastructura educaţională.&lt;/p&gt;&lt;p&gt;C. Forme asociative între unităţile administrativ-teritoriale&amp;nbsp; menţionate la punctul A) şi instituții ale administraţiei publice locale menţionate la punctul B). Liderul asociaţiei va fi reprezentat de unitatea administrativ-teritorială.&lt;/p&gt;&lt;p&gt;D. Centrele Regionale de Formare Profesională a Adulților.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2023-09-29 13:00:41</t>
+  </si>
+  <si>
+    <t>2023-10-23 13:00:17</t>
+  </si>
+  <si>
+    <t>2024-04-08 17:40:13</t>
+  </si>
+  <si>
+    <t>2024-06-07 08:00:35</t>
+  </si>
+  <si>
+    <t>2024-12-06 12:00:51</t>
+  </si>
+  <si>
+    <t>PRSM/ID/1/1/1.1/A - Sprijinirea investițiilor în activități de cercetare – inovare în microîntreprinderi, întreprinderi mici și mijlocii pentru creșterea nivelului de maturitate tehnologică în domeniile de specializare inteligentă</t>
+  </si>
+  <si>
+    <t>Obiectivul specific RSO1.1 - Dezvoltarea și sporirea capacităților de cercetare și inovare și adoptarea tehnologiilor avansate</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Investiții în activități de cercetare–inovare în IMM-uri (inclusiv microîntreprinderi) și achiziționare de servicii de transfer tehnologic pentru proiecte de inovare de produs, proces, servicii, inovare organizațională și de model de afaceri pentru creșterea nivelului de maturitate tehnologică în domeniile de specializare inteligentă, inclusiv prin proiecte comune de cercetare între întreprinderi mari și IMM-uri.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Microîntreprinderi;&lt;/li&gt;&lt;li&gt;IMM;&lt;/li&gt;&lt;li&gt;Parteneriate constituite între întreprinderile de mai sus sau parteneriate constituite între întreprinderile de mai sus și întreprinderi mari.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-09-29 14:00:29</t>
+  </si>
+  <si>
+    <t>2023-10-23 14:00:39</t>
+  </si>
+  <si>
+    <t>PRSM/ID/1/1/1.1/B.1 - Dezvoltarea capacităților de cercetare - dezvoltare - inovare a organizațiilor publice de cercetare, a mediului de afaceri și a autorităților și instituțiilor publice locale/centrale în vederea ridicării nivelului de maturitate tehnologică a proiectelor sau a validării viabilității comerciale a rezultatelor cercetării</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Dezvoltarea capacității de CDI a organizațiilor publice de cercetare, a mediului de afaceri și a autorităților și instituțiilor publice locale/centrale prin crearea și dezvoltarea infrastructurii, serviciilor și echipamentelor necesare relevante, precum și a proiectelor comune de cercetare între organizațiile de cercetare și întreprinderi, în vederea ridicării nivelului de maturitate tehnologică a proiectelor sau a validării viabilității comerciale a rezultatelor cercetării și elaborarea strategiei adecvate de comercializare.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Autorități publice centrale / locale, în colaborare cu IMM.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2023-10-31 15:00:54</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:00:29</t>
+  </si>
+  <si>
+    <t>PRSM/ID/1/1/1.1/B.2 - Dezvoltarea capacităților de cercetare - dezvoltare - inovare a organizațiilor publice de cercetare și a mediului de afaceri  în vederea ridicării nivelului de maturitate tehnologică a proiectelor sau a validării viabilității comerciale a rezultatelor cercetării</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Dezvoltarea capacității de CDI a organizațiilor publice de cercetare și a mediului de afaceri prin crearea și dezvoltarea infrastructurii, serviciilor și echipamentelor necesare relevante, în vederea creșterii nivelului de maturitate tehnologică a proiectelor sau a validării viabilității comerciale a rezultatelor cercetării și elaborarea strategiei adecvate de comercializare.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Organizațiile publice de cercetare (instituții de drept public cu personalitate juridică, care fac parte din sistemul național de cercetare-dezvoltare conform art. 7 al OG nr. 57/2002 privind cercetarea ştiinţifică şi dezvoltarea tehnologică).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;OPC-urile sunt obligate să colaboreze cu IMM-uri care desfășoară activități de CDI în regiunea Sud-Muntenia, în domeniile de specializare inteligentă identificate în Strategia de Specializare Inteligentă a regiunii Sud-Muntenia (RIS3).&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2023-10-31 17:00:49</t>
+  </si>
+  <si>
+    <t>2023-11-22 17:00:59</t>
+  </si>
+  <si>
+    <t>PRSM/433/PRSM_P5/OP4/RSO4.2/PRSM_A23 - Sprijin acordat învățământului primar și secundar pentru îmbunătățirea accesului egal la servicii de calitate și incluzive în educație, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online - Proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea infrastructurii educaţionale publice pentru învătământul primar și secundar.&lt;/p&gt;&lt;p&gt;Dezvoltarea de aplicații și soluții în vederea digitalizarii procesului educațional, precum și dotarea cu echipamentele necesare.&lt;/p&gt;&lt;p&gt;Comunicarea și vizibilitatea aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Solicitanții eligibili în cadrul prezentului apel sunt cei menționați în Lista proiectelor etapizate din perioada de programare 2014-2020, anexată ghidului.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-22 14:00:20</t>
+  </si>
+  <si>
+    <t>2024-04-08 23:59:32</t>
+  </si>
+  <si>
+    <t>2024-06-18 08:00:58</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:15</t>
+  </si>
+  <si>
+    <t>2024-11-15 14:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - Dezvoltarea și creșterea unei mobilități naționale, regionale și locale durabile, inteligente și intermodale, prin investiții în reabilitarea, modernizarea, extinderea reţelei de drumuri judeţene din regiunea Sud-Muntenia – Proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Solicitanții eligibili în cadrul prezentului apel sunt NUMAI cei menționați în Lista operaţiunilor etapizate, anexată ghidului.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-22 14:00:40</t>
+  </si>
+  <si>
+    <t>2024-04-08 23:59:52</t>
+  </si>
+  <si>
+    <t>2024-06-18 08:00:02</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:18</t>
+  </si>
+  <si>
+    <t>2024-07-17 14:00:31</t>
+  </si>
+  <si>
+    <t>PRSM/437/PRSM_P6/OP5/RSO5.1/PRSM_A32 - Sprijin acordat municipiilor reședință de județ, inclusiv zonelor urbane funcționale ale acestora, din regiunea Sud-Muntenia, pentru investiții în operațiuni de regenerare urbană – proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;1.Investiții de regenerare urbană (creare/ modernizare/ reabilitare/ extindere /dotare) în spațiile destinate utilizării publice (parcuri, zone verzi de mici dimensiuni, piațete, scuaruri, piețe publice, locuri de joaca pentru copii, piețe agroalimentare, etc) prin demolarea clădirilor/structurilor &amp;nbsp;situate pe terenurile supuse intervențiilor , amenajarea spațiilor verzi (aducerea terenului la starea inițială, modelarea terenului, montarea elementelor constructive de tipul alei, foișoare, pergole, grilaje, etc., plantarea/gazonarea suprafețelor, inclusiv plantare arbori), precum și crearea de facilități pentru activități sportive și recreaționale de mici dimensiuni (ex. terenuri de sport, etc.), instalare rețele Wi-Fi, iluminat public și supraveghere video in spațiile publice, &amp;nbsp;dotare cu mobilier urban (bănci, coșuri de gunoi, etc).&lt;br&gt;2. Activități conexe pe amplasamentul proiectului de regenerare urbană care constau în &amp;nbsp;înlocuirea și/ sau racordarea la utilități publice, inclusiv realizare alei pietonale, trotuare, piste de biciclete, reabilitare/modernizare parcări și căi de acces, modernizarea străzilor urbane adiacente terenurilor supuse intervențiilor (în situații excepționale, numai în măsura în care astfel de investiții sunt necesare pentru a asigura funcționalitatea proiectului integrat de regenerare urbană).&lt;br&gt;3. Investiții (reabilitare/modernizare/extindere și dotare) în clădiri destinate utilizării publice pentru activități culturale și recreative, cu scopul de a crea, îmbunătăți sau extinde serviciile publice de bază,&lt;br&gt;4. Investiții privind infrastructura edilitară necesară care face parte din amplasamentul proiectului.&lt;br&gt;5. Activități de comunicare și vizibilitate aferente proiectului în conformitate cu prevederile contractului de finanțare și cu prevederile Ghidului de Identitate Vizuală.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-25 11:00:30</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:59:37</t>
+  </si>
+  <si>
+    <t>2024-06-18 08:00:35</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:51</t>
+  </si>
+  <si>
+    <t>2024-07-17 14:00:01</t>
+  </si>
+  <si>
+    <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - Sprijin acordat municipiilor, altele decât municipiile reședință de județ, și orașelor, inclusiv zonelor urbane funcționale ale acestora, din regiunea Sud-Muntenia, pentru investiții în operațiuni de regenerare urbană – proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;1.Investiții de regenerare urbană (creare/ modernizare/ reabiltare/ extindere /dotare) în spațiile destinate utilizării publice (parcuri, zone verzi de mici dimensiuni, piațete, scuaruri, piețe publice, locuri de joaca pentru copii, piețe agroalimentare, etc) prin demolarea clădirilor/structurilor &amp;nbsp;situate pe terenurile supuse intervențiilor , amenajarea spațiilor verzi (aducerea terenului la starea inițială, modelarea terenului, montarea elementelor constructive de tipul alei, foișoare, pergole, grilaje,etc., plantarea/gazonarea suprafețelor, inclusiv plantare arbori), precum și crearea de facilități pentru activități sportive și recreaționale de mici dimensiuni (ex. terenuri de sport, etc.), instalare rețele Wi-Fi, iluminat public și supraveghere video in spațiile publice, &amp;nbsp;dotare cu mobilier urban (bănci, coșuri de gunoi, etc).&lt;/p&gt;&lt;p&gt;2. Activități conexe pe amplasamentul proiectului de regenerare urbană care constau în &amp;nbsp;înlocuirea și/ sau racordarea la utilități publice, inclusiv realizare alei pietonale, trotuare, piste de biciclete, reabilitare/modernizare parcări și căi de acces, modernizarea străzilor urbane adiacente terenurilor supuse intervențiilor (în situații excepționale, numai în măsura în care astfel de investiții sunt necesare pentru a asigura funcționalitatea proiectului integrat de regenerare urbană).&lt;/p&gt;&lt;p&gt;3. Investiții (reabilitare/modernizare/extindere și dotare) în clădiri destinate utilizării publice pentru activități culturale și recreative, cu scopul de a crea, îmbunătăți sau extinde serviciile publice de bază.&lt;/p&gt;&lt;p&gt;4. Investiții privind infrastructura edilitară necesară care face parte din amplasamentul proiectului.&lt;/p&gt;&lt;p&gt;5. Activități de comunicare și vizibilitate aferente proiectului în conformitate cu prevederile contractului de finanțare și cu prevederile Ghidului de Identitate Vizuală.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-25 11:00:53</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:59:59</t>
+  </si>
+  <si>
+    <t>2024-06-18 08:00:04</t>
+  </si>
+  <si>
+    <t>2024-09-16 08:00:00</t>
+  </si>
+  <si>
+    <t>2024-09-30 14:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - Sprijin acordat ÎNVĂȚĂMÂNTULUI ANTEPREȘCOLAR ȘI PREȘCOLAR pentru îmbunătățirea accesului egal la servicii de calitate și incluzive în educație, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online - Proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Construire/ reabilitare/ modernizare/ consolidare/ extindere/ dotare infrastructură educațională publică destinată educației pentru nivelul antepreșcolar și preșcolar (creșe, grădinițe);&lt;/li&gt;&lt;li&gt;Dezvoltarea de aplicații și soluții în vederea digitalizării procesului educațional, precum și dotarea cu echipamentele necesare;&lt;/li&gt;&lt;li&gt;Comunicarea și vizibilitatea aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-25 13:00:00</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:59:03</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:20</t>
+  </si>
+  <si>
+    <t>2024-07-31 14:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră prin investiții în clădiri publice, proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Activitățile eligibile pentru proiectele etapizate sunt stablite prin contractul de finanţare semnat în cadrul POR 2014-2020 (împreună cu toate actele adiționale), în conformitate cu prevederile &amp;nbsp;Ordonantei de urgenta nr.36/2023, respectiv:&lt;/p&gt;&lt;p&gt;I. Măsuri de creștere a eficienței energetice în clădirile publice,&lt;br&gt;II. Măsuri conexe care contribuie la implementarea componentei, dar care nu conduc direct la creșterea eficienței energetice și includ lucrări de intervenție/activități aferente investiției de bază.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-25 15:00:08</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:59:19</t>
+  </si>
+  <si>
+    <t>2024-06-18 08:00:30</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:00</t>
+  </si>
+  <si>
+    <t>2024-07-17 14:00:10</t>
+  </si>
+  <si>
+    <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - Sprijin acordat învățământului profesional, tehnic și educației adulților pentru îmbunătățirea accesului egal la servicii de calitate și incluzive în  educație, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online - Proiecte etapizate</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea unităților de învățământ publice și a campusurilor școlare publice pentru formarea profesională prin învățământ profesional și tehnic (școli profesionale), învățământ dual public;&lt;/li&gt;&lt;li&gt;Dezvoltarea de aplicații și soluții în vederea digitalizarii procesului educațional, precum și dotarea cu echipamentele necesare;&lt;/li&gt;&lt;li&gt;Comunicarea și vizibilitatea aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-25 16:00:57</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:59:09</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:45</t>
+  </si>
+  <si>
+    <t>PRSM/428/PRSM_P2/OP2/RSO2.1/PRSM_A37 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră prin investiții în locuințe multifamiliale - etapizate</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră prin investiții în locuințe multifamiliale, proiecte etapizate;&lt;/li&gt;&lt;li&gt;Măsuri de creștere a eficienței energetice în clădirile rezidențiale;&lt;/li&gt;&lt;li&gt;Măsuri conexe care contribuie la implementarea componentei, dar care nu conduc direct la creșterea eficienței energetice și includ lucrări de intervenție/activități aferente investiției de bază.&lt;br&gt;&amp;nbsp;&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2024-03-25 18:00:19</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:59:28</t>
+  </si>
+  <si>
+    <t>2024-06-18 08:00:12</t>
+  </si>
+  <si>
+    <t>2024-06-26 08:00:26</t>
+  </si>
+  <si>
+    <t>2024-07-17 14:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/323/PRSM_P7/AT/AT/PRSM_A8 - Asigurarea funcționării sistemului de management al PR Sud-Muntenia, având solicitant de finanțare Agenția pentru Dezvoltare Regională Sud-Muntenia – Direcția economică</t>
   </si>
   <si>
     <t>Prioritatea 7 - Asistență tehnică</t>
   </si>
   <si>
     <t>Obiectivul specific AT - Asigurarea funcționării sistemului de management al Programului Regional Sud-Muntenia</t>
   </si>
   <si>
-    <t>&lt;ul&gt;&lt;li&gt;Asigurarea &amp;nbsp;funcționării &amp;nbsp;sistemului &amp;nbsp;de &amp;nbsp;management &amp;nbsp;și &amp;nbsp;control &amp;nbsp;pentru &amp;nbsp;implementarea &amp;nbsp;și monitorizarea eficientă a Programului Regional Sud Muntenia 2021-2027, prin:&lt;ul&gt;&lt;li&gt;Sprijinirea AM PRSM și a OI SIFE (dacă este cazul), inclusiv prin costuri administrative, respectiv de personal, pentru implementarea diferitelor etape ale Programului Regional Sud-Muntenia 2021- 2027 (identificarea şi dezvoltarea proiectelor, pregătirea și întocmirea de documentaţii tehnico- economice pentru proiecte, programare, pregătire/lansare ghiduri, selecţie, evaluare tehnică și financiară, contractare, monitorizare, management financiar, control şi audit proiecte etc.).&lt;/li&gt;&lt;li&gt;Achiziţia de bunuri şi servicii necesare desfăşurării activităţilor specifice AM PRSM , OI SIFE. În cadrul acestei activități sunt eligibile următoarele:&lt;ul&gt;&lt;li&gt;dotarea personalului propriu, inclusiv a serviciilor suport și/sau din afara organigramei ADR SM, cu echipamente TIC, soft/gadgeturi-uri specializate, mobilier, birotică și alte elemente necesare desfășurării eficiente a implementării Programului Regional Sud-Muntenia 2021-2027;&lt;/li&gt;&lt;li&gt;servicii de asistență tehnică necesare desfășurării activităților specifice implementarii PRSM (ex. elaborare ghiduri, opțiuni simplificate privind costurile, scheme de ajutor de stat etc).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Închirierea de spații de birouri/arhivă pentru AM PRSM (inclusiv costuri legate de amortizarea acestor spații).&lt;/li&gt;&lt;li&gt;Sprijin (organizatoric/logistic) pentru asigurarea cadrului partenerial al Programului Regional Sud- Muntenia 2021-2027: Comitet de Monitorizare, comitete/grupuri de lucru implicate în implementarea programului cu participarea reprezentaților din mediul privat, ai organizațiilor neguvernamentale, reprezentanților autorităților publice locale și regionale etc.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Asigurarea evaluării programului și elaborarea de studii relevante pentru o bună implementare a programului:&lt;ul&gt;&lt;li&gt;elaborare de studii/analize/expertize specifice pentru Programul Regional Sud Muntenia 2021- 2027 și PDR Sud Muntenia 2021 - 2027 (inclusiv ca suport pentru evaluarea cadrului de performanță, elaborarea rapoartelor de progres, costuri simplificate etc.);&lt;/li&gt;&lt;li&gt;sprijinirea pregătirii /elaborării Programului Regional Sud Muntenia 2021-2027, PDR Sud Muntenia, Strategia de Specializare Inteligentă (RIS3) (studii, analize, pregătirea de proiecte, cadru partenerial/consultări publice, pregătirea de instrumente financiare în cadrul programului, elaborarea de scheme de ajutor de minimis/ajutor de stat, elaborarea de opțiuni de costuri simplificate, lansarea Programului Regional Sud Muntenia 2021-2027, elaborarea, implementarea, monitorizarea, evaluarea și revizuirea RIS3 și a mecanismului de descoperire antreprenorială etc.).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Întărirea capacității administrative a AM PRSM, a beneficiarilor și partenerilor regionali de a pregăti și implementa proiecte și asigurarea informării corespunzătoare a acestora, inclusiv prin:&lt;ul&gt;&lt;li&gt;sprijinirea dezvoltării capacității administrative a instituțiilor implicate în sistemul de management și control al Programului Regional Sud Muntenia 2021-2027 prin organizarea de întâlniri de lucru, schimburi de experiență și bune practici și sesiuni specifice de instruire pe domenii de interes în implementarea fondurilor: achiziții publice, managementul proiectelor cu finanțare europeană, pregătirea de instrumente financiare în cadrul programului, elaborarea de scheme de ajutor de minimis/ajutor de stat, elaborarea de opțiuni de costuri simplificate, nereguli, prevenirea corecțiilor financiare, managementul neregulilor, antifraudă, dezvoltarea abilităților tehnice ale personalului etc.;&lt;/li&gt;&lt;li&gt;întărirea capacității de implementare la nivelul potențialilor beneficiari, a entităților beneficiare de finanțare și a organismelor care concură la implementarea programului, inclusiv prin asigurarea informării prin structuri de tip help-desk;&lt;/li&gt;&lt;li&gt;sprijinirea dezvoltării capacității administrative a beneficiarilor și a potențialilor beneficiari ai Programului Regional Sud Muntenia 2021-2027 prin organizarea de sesiuni specifice de instruire în scopul îmbunătățirii cunoștințelor și a competențelor acestora (conferințe, mese rotunde, seminarii, ateliere etc.).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Asigurarea transparenței și promovării Programului Regional Sud Muntenia 2021-2027, inclusiv prin:&lt;ul&gt;&lt;li&gt;sprijin pentru elaborarea și implementarea Strategiei/ Planului de comunicare;&lt;/li&gt;&lt;li&gt;organizarea de evenimente de comunicare, informare și promovare, campanii mass-media;&lt;/li&gt;&lt;li&gt;dezvoltarea și gestionarea instrumentelor/ campaniilor de comunicare;&lt;/li&gt;&lt;li&gt;alte activități de informare și comunicare specifice Programului Regional Sud Muntenia 2021-2027, realizarea și distribuirea de materiale informative și publicitare, vizite la proiecte etc.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Activitățile privind asigurarea transparenței și promovării programului sprijină atât comunicarea internă în cadrul AM PRSM cât și comunicarea cu principalii actori implicați în coordonarea eficientă a vizibilității PRSM, în acord cu alte acțiuni de promovare.&lt;/p&gt;</t>
+    <t>&lt;p&gt;Activități legate de consolidarea capacității ADR Sud Muntenia, precum și sprijinirea activităților necesare pentru închiderea POR 2014-2020:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sprijinirea activităților Organismului Intermediar (inclusiv costuri de personal) necesare pentru închiderea Programului Operațional Regional 2014 – 2020 (monitorizare ex-post, închidere de program etc) având în vedere inclusiv asigurarea tranziției personalului către AM PRSM.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>Asistență tehnică</t>
   </si>
   <si>
     <t>&lt;p&gt;Agenția pentru Dezvoltare Regională Sud-Muntenia&lt;/p&gt;</t>
   </si>
   <si>
-    <t>2023-07-07 14:00:45</t>
-[...361 lines deleted...]
-  <si>
     <t>2024-04-19 13:00:03</t>
   </si>
   <si>
     <t>2024-04-22 08:00:25</t>
   </si>
   <si>
     <t>2024-05-31 12:00:42</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - Sprijin acordat municipiilor reședință de județ, inclusiv zonelor urbane funcționale ale acestora, din regiunea Sud-Muntenia, pentru investiții în operațiuni de mobilitate urbană multimodală sustenabilă – Proiecte etapizate</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;Achiziționarea de tramvaie, troleibuze și autobuze și microbuze ecologice.&lt;/li&gt;&lt;li&gt;Construirea/modernizarea/reabilitarea/extinderea rețelei de tramvai/ troleibuz, precum și construirea/modernizarea/extinderea stațiilor de alimentare a autobuzelor alimentate electric sau cu hidrogen (în situația în care acestea sunt situate în afara autobazelor/depourilor, pe traseele autobuzelor).&lt;/li&gt;&lt;li&gt;Construirea/modernizarea/reabilitarea/extinderea de benzi dedicate, folosite exclusiv pentru mijloacele de transport public de călători.&lt;/li&gt;&lt;li&gt;Configurarea/reconfigurarea infrastructurii rutiere pe străzile urbane/ ZUF (numai în măsura în care astfel de investiții sunt necesare pentru a asigura funcționalitatea proiectului integrat de mobilitate urbană sustenabilă) deservite de transport public, ecologic, de călători, în vederea construirii/modernizării/extinderii benzilor dedicate separate pentru transportul public, ecologic, de călători.&lt;/li&gt;&lt;li&gt;Configurarea/modernizarea/reabilitarea infrastructurii rutiere utilizate prioritar de transportul public de călători.&lt;/li&gt;&lt;li&gt;Construirea și modernizarea stațiilor de transport public de călători (tramvai, troleibuz, autobuz).&lt;/li&gt;&lt;li&gt;Implementarea măsurilor de siguranță rutieră (pasarele pietonale, pasaje subterane/supraterane auto și pietonale, intervenții asupra sistemului de iluminat public și alte elemente conexe aferente traseului reabilitat, ce nu sunt elemente dominante ale proiectelor, această intervenție nefiind de sine stătătoare) pentru reducerea de CO2.&lt;/li&gt;&lt;li&gt;Crearea/extinderea/modernizarea sistemelor de bilete integrate pentru călători („e-bilete” sau „e-ticketing”).&lt;/li&gt;&lt;li&gt;Crearea/modernizarea/extinderea sistemelor de management al traficului, inclusiv a sistemului de monitorizare video, precum și a altor sisteme de transport inteligente.&lt;/li&gt;&lt;li&gt;Construirea/modernizarea parcărilor de transfer de tip „park and ride” și a terminalelor intermodale pentru transportul public urban.&lt;/li&gt;&lt;li&gt;Construirea/modernizarea/extinderea pistelor/ traseelor pentru biciclete.&lt;/li&gt;&lt;li&gt;Crearea/modernizarea/extinderea sistemelor de închiriere de biciclete (sisteme de tip „bike-sharing”, „bike-rental”).&lt;/li&gt;&lt;li&gt;Construirea/modernizarea/extinderea de zone și trasee pietonale.&lt;/li&gt;&lt;li&gt;Configurarea/ modernizarea/ lărgirea/reconfigurarea străzilor din orașe și din zona urbană funcțională, numai în măsura în care astfel de investiții sunt necesare pentru a asigura funcționalitatea proiectului integrat de mobilitate urbană sustenabilă, precum și intervenții asupra sistemului de iluminat public aferent traseului reabilitat (fără a fi acțiune de sine stătătoare).&lt;/li&gt;&lt;li&gt;Instalarea de sisteme de reducere/interzicere a circulației autoturismelor în anumite zone.&lt;/li&gt;&lt;li&gt;Construirea/ modernizarea depourilor/autobazelor pentru transport public și infrastructura tehnică aferentă precum și pentru retehnologizarea lor.&lt;/li&gt;&lt;li&gt;Dezvoltarea infrastructurii pentru combustibili alternativi, pentru alimentarea mijloacelor de transport public local.&lt;/li&gt;&lt;li&gt;Investiții privind infrastructura edilitară necesară care face parte din amplasamentul proiectului.&lt;/li&gt;&lt;li&gt;Activități de comunicare și vizibilitate aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2024-04-24 15:40:17</t>
   </si>
   <si>
     <t>2024-05-14 23:59:33</t>
   </si>
   <si>
     <t>2024-06-18 08:00:18</t>
   </si>
   <si>
     <t>2024-06-26 08:00:40</t>
@@ -875,156 +860,162 @@
   <si>
     <t>2024-08-02 10:30:46</t>
   </si>
   <si>
     <t>2024-08-02 14:00:56</t>
   </si>
   <si>
     <t>2024-08-30 12:00:07</t>
   </si>
   <si>
     <t>PRSM/471/PRSM_P7/AT/AT/PRSM_A8 - Instrucțiunea nr. 17/14.10.2024 privind transferul informațiilor și documentelor aferente cererii de finanțare cod SMIS 161681 din cadrul MySMIS2014+, Apelul PRSM/1126/7/1/Asistență tehnică, în MySMIS2021+, Apelul PRSM/471/PRSM_P7/AT/AT/PRSM_A8, Prioritatea 7 - Asigurarea funcționării sistemului de management al PR Sud Muntenia, având solicitant de finanțare ADR Sud-Muntenia, în calitate de Autoritate de Management pentru PR Sud-Muntenia 2021-2027</t>
   </si>
   <si>
     <t>&lt;p&gt;Prezenta Instrucțiune are ca obiectiv transferul informaţiilor şi documentelor aferente cererii de finaţare SMIS 161681, depusă în cadrul apelului de &amp;nbsp;proiecte Apel PR SM/1126/7/1/ Asistență tehnică din MySMIS2014+, &amp;nbsp;în cadrul apelului de proiecte PRSM/471/PRSM_P7/AT/AT/PRSM_A8, MySMIS2021+.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2024-10-14 15:00:52</t>
   </si>
   <si>
     <t>2024-10-14 15:00:41</t>
   </si>
   <si>
     <t>2024-11-15 12:00:06</t>
   </si>
   <si>
-    <t>Instrumente financiare</t>
-[...5 lines deleted...]
-    <t>Obiectivul specific IF - Instrumente financiare</t>
+    <t>PRSM/638/PRSM_P2/OP2 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră prin investiții în clădiri publice – Facilitatea ELENA</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Instituții publice din subordinea Autorităților Publice Centrale&lt;/strong&gt;: instituțiile publice din subordinea Guvernului ori a ministerelor, autorităţile administrative autonome, Instituția prefectului.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Autoritățile și instituțiile publice locale&lt;/strong&gt; - Unitățile Administrativ Teritoriale comună, oraș, municipiu și județ.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Instituțiile publice și serviciile publice&lt;/strong&gt; organizate ca instituții publice de interes local sau județean (finanțate din bugetul local), aflate în subordinea unităților administrativ teritoriale,.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Parteneriatele&amp;nbsp;&lt;/strong&gt;între entitățile de mai sus.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2024-11-26 17:00:51</t>
+  </si>
+  <si>
+    <t>2024-12-18 23:59:00</t>
+  </si>
+  <si>
+    <t>2025-04-23 15:00:03</t>
+  </si>
+  <si>
+    <t>2025-05-23 08:00:40</t>
+  </si>
+  <si>
+    <t>2027-05-21 12:00:00</t>
+  </si>
+  <si>
+    <t>PRSM/ID/1/1/1.3/D - Intensificarea creșterii sustenabile și creșterea competitivității prin sprijinirea clusterelor</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Clustere&lt;/li&gt;&lt;li&gt;Parteneriate cluster - operator cluster&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2025-05-28 15:00:54</t>
+  </si>
+  <si>
+    <t>2025-06-20 23:59:10</t>
+  </si>
+  <si>
+    <t>Pact de integritate</t>
+  </si>
+  <si>
+    <t>&lt;ol&gt;&lt;li&gt;Evaluarea procedurilor de atribuire a contractelor Autorității Contractante în cadrul proiectului și evaluarea respectării principiilor: integritate, responsabilitate, nediscriminare, transparență și tratament egal în cadrul procedurilor de atribuire a contractelor precum și în timpul executării acestora.&lt;/li&gt;&lt;li&gt;Monitorizarea procedurilor de achiziții și monitorizarea implementării contractelor semnate în urma derulării acestora, de la stadiul de identificare și analiză a nevoilor până la semnarea procesului verbal de recepție, pentru toate contractele atribuite de Autoritatea Contractantă, în cadrul proiectului.&lt;/li&gt;&lt;li&gt;Realizarea rapoartelor de monitorizare și a listelor de verificare utilizate în verificarea implementării Pactului de Integritate.&lt;/li&gt;&lt;li&gt;Realizarea măsurilor de publicitate necesare implementării Pactului de Integritate, respectiv publicarea rapoartelor de monitorizare și informarea cetățenilor, inclusiv realizarea unui site web, cu respectarea prevederilor privind gestionarea și prelucrarea datelor cu caracter personal în conformitate cu Regulamentul (UE) 2016/679 și Legea nr. 190/2018, cu modificările și completările ulterioare.&lt;/li&gt;&lt;li&gt;Activități administrative dedicate participării la sedințele de lucru ale Autorității Contractante și de monitorizare a executării activităților ce țin de implementarea contractului atribuit de Autoritatea Contractantă.&lt;/li&gt;&lt;li&gt;Activități de comunicare și vizibilitate aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală, precum și cu prevederile articolelor 46 și 50 din cadrul Regulamentului (UE) 2021/1060 privind Dispozițiile Comune.&lt;/li&gt;&lt;li&gt;Alte activități specifice justificate și necesare implementării Pactului de Integritate.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Activitățile eligibile menționate mai sus trebuie realizate cu respectarea cerințelor privind designul universal și adaptarea rezonabilă.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;ONG&lt;/li&gt;&lt;li&gt;Parteneriat ONG cu alte organizații care nu desfășoară activitate economică pentru profit înființate prin alte legi speciale.&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2025-06-23 11:00:30</t>
+  </si>
+  <si>
+    <t>2025-07-15 23:59:38</t>
+  </si>
+  <si>
+    <t>PRSM/700/PRSM_P1/OP1/RSO1.3/PRSM_A39 - Înființarea, dezvoltarea și operaționalizarea incubatoarelor de afaceri și parcurilor industriale</t>
   </si>
   <si>
     <t>&lt;p&gt;Banca Europeană de Investiții&lt;/p&gt;</t>
   </si>
   <si>
-    <t>PRSM/638/PRSM_P2/OP2 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră prin investiții în clădiri publice – Facilitatea ELENA</t>
-[...49 lines deleted...]
-  <si>
     <t>2025-09-02 16:00:42</t>
   </si>
   <si>
     <t>2025-09-03 12:00:33</t>
   </si>
   <si>
     <t>2025-09-30 17:00:40</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2 - Asigurarea/îmbunătățirea eficienței energetice în clădirile rezidențiale - IFI (BEI)</t>
   </si>
   <si>
     <t>2025-09-02 16:00:25</t>
   </si>
   <si>
     <t>2025-09-03 12:00:00</t>
   </si>
   <si>
     <t>2025-09-30 17:00:58</t>
   </si>
   <si>
     <t>PRSM/702/PRSM_P6/OP5/RSO5.1/PRSM_A11 - Construcția, reabilitarea, modernizarea, extinderea și dotarea infrastructurii de turism și/sau agrement - IFI (BEI)</t>
   </si>
   <si>
     <t>2025-09-02 16:00:09</t>
   </si>
   <si>
     <t>2025-09-03 12:00:18</t>
   </si>
   <si>
     <t>2025-09-30 17:00:24</t>
   </si>
   <si>
     <t>PRSM/703/PRSM_P6/OP5/RSO5.2/PRSM_A11 - Construcția, reabilitarea, modernizarea, extinderea și dotarea infrastructurii de turism și/sau agrement - IFI (BEI)</t>
   </si>
   <si>
     <t>2025-09-02 16:00:41</t>
   </si>
   <si>
     <t>2025-09-03 12:00:49</t>
   </si>
   <si>
     <t>2025-09-30 17:00:55</t>
+  </si>
+  <si>
+    <t>Dezvoltarea infrastructurii pentru stații de reîncărcare electrică de-a lungul drumurilor județene</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Investiții în dezvoltarea infrastructurii de puncte de reîncărcare de putere normală și putere înaltă pentru autovehicule și autobuze electrice, atât vehicule ușoare cât și vehicule grele, &amp;nbsp;pentru transportul rutier de-a lungul drumurilor județene din regiunea Sud-Muntenia.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;ul&gt;&lt;li&gt;Consiliu județean&lt;/li&gt;&lt;li&gt;Primărie de comună&lt;/li&gt;&lt;li&gt;Primărie de oraș&lt;/li&gt;&lt;li&gt;Primărie de municipiu&lt;/li&gt;&lt;li&gt;Primărie de municipiu reședință de județ&lt;/li&gt;&lt;li&gt;Parteneriat între entitățile enumerate mai sus&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t>2025-10-15 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-06 23:59:11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -1350,51 +1341,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:N45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100" customWidth="true" style="1"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="100" customWidth="true" style="1"/>
     <col min="4" max="4" width="100" customWidth="true" style="1"/>
     <col min="5" max="5" width="64.841" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="1003.898" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -1948,1333 +1939,1307 @@
       </c>
       <c r="I13">
         <v>10121808.22</v>
       </c>
       <c r="J13" t="s">
         <v>114</v>
       </c>
       <c r="K13" t="s">
         <v>115</v>
       </c>
       <c r="L13" t="s">
         <v>121</v>
       </c>
       <c r="M13" t="s">
         <v>122</v>
       </c>
       <c r="N13" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="E14" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F14" t="s">
         <v>126</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="G14">
+        <v>46879964.71</v>
+      </c>
+      <c r="H14">
+        <v>39847970.0</v>
+      </c>
+      <c r="I14">
+        <v>6094395.41</v>
+      </c>
+      <c r="J14" t="s">
         <v>127</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="K14" t="s">
         <v>128</v>
       </c>
-      <c r="F14" t="s">
+      <c r="L14" t="s">
         <v>129</v>
       </c>
-      <c r="G14">
-[...8 lines deleted...]
-      <c r="L14" t="s">
+      <c r="M14" t="s">
         <v>130</v>
       </c>
-      <c r="M14" t="s">
+      <c r="N14" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>16</v>
+        <v>133</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>135</v>
       </c>
       <c r="G15">
-        <v>46879964.71</v>
+        <v>5882352.95</v>
       </c>
       <c r="H15">
-        <v>39847970.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="I15">
-        <v>6094395.41</v>
+        <v>882352.95</v>
       </c>
       <c r="J15" t="s">
         <v>136</v>
       </c>
       <c r="K15" t="s">
         <v>137</v>
       </c>
-      <c r="L15" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F16" t="s">
+        <v>140</v>
+      </c>
+      <c r="G16">
+        <v>18673529.41</v>
+      </c>
+      <c r="H16">
+        <v>15872500.0</v>
+      </c>
+      <c r="I16">
+        <v>2427558.82</v>
+      </c>
+      <c r="J16" t="s">
         <v>141</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="1" t="s">
+      <c r="K16" t="s">
         <v>142</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="L16" t="s">
         <v>143</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F16" t="s">
+      <c r="M16" t="s">
         <v>144</v>
       </c>
-      <c r="G16">
-[...8 lines deleted...]
-      <c r="J16" t="s">
+      <c r="N16" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F17" t="s">
+        <v>148</v>
+      </c>
+      <c r="G17">
+        <v>14786349.41</v>
+      </c>
+      <c r="H17">
+        <v>12568397.0</v>
+      </c>
+      <c r="I17">
+        <v>1922225.42</v>
+      </c>
+      <c r="J17" t="s">
         <v>149</v>
       </c>
-      <c r="G17">
-[...8 lines deleted...]
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>150</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>151</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>152</v>
       </c>
-      <c r="M17" t="s">
+      <c r="N17" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B18" t="s">
-[...5 lines deleted...]
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
         <v>156</v>
       </c>
-      <c r="E18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18">
+        <v>66269411.76</v>
+      </c>
+      <c r="H18">
+        <v>56329000.0</v>
+      </c>
+      <c r="I18">
+        <v>8615023.53</v>
+      </c>
+      <c r="J18" t="s">
         <v>157</v>
       </c>
-      <c r="G18">
-[...8 lines deleted...]
-      <c r="J18" t="s">
+      <c r="K18" t="s">
         <v>158</v>
       </c>
-      <c r="K18" t="s">
+      <c r="L18" t="s">
         <v>159</v>
       </c>
-      <c r="L18" t="s">
+      <c r="M18" t="s">
         <v>160</v>
       </c>
-      <c r="M18" t="s">
+      <c r="N18" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B19" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1" t="s">
+      <c r="E19" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
         <v>164</v>
       </c>
-      <c r="E19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F19" t="s">
+      <c r="G19">
+        <v>26825051.4</v>
+      </c>
+      <c r="H19">
+        <v>12870659.66</v>
+      </c>
+      <c r="I19">
+        <v>13417890.71</v>
+      </c>
+      <c r="J19" t="s">
         <v>165</v>
       </c>
-      <c r="G19">
-[...8 lines deleted...]
-      <c r="J19" t="s">
+      <c r="K19" t="s">
         <v>166</v>
       </c>
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>167</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>168</v>
       </c>
-      <c r="M19" t="s">
+      <c r="N19" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B20" t="s">
+        <v>15</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>172</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="F20" t="s">
         <v>173</v>
       </c>
       <c r="G20">
-        <v>26825051.4</v>
+        <v>30705882.35</v>
       </c>
       <c r="H20">
-        <v>12870659.66</v>
+        <v>26100000.0</v>
       </c>
       <c r="I20">
-        <v>13417890.71</v>
+        <v>4605882.35</v>
       </c>
       <c r="J20" t="s">
         <v>174</v>
       </c>
       <c r="K20" t="s">
         <v>175</v>
       </c>
-      <c r="L20" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="G21">
-        <v>30705882.35</v>
+        <v>32352941.23</v>
       </c>
       <c r="H21">
-        <v>26100000.0</v>
+        <v>27500000.0</v>
       </c>
       <c r="I21">
-        <v>4605882.35</v>
+        <v>4852941.23</v>
       </c>
       <c r="J21" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="K21" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F22" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="G22">
-        <v>32352941.23</v>
+        <v>10000000.02</v>
       </c>
       <c r="H22">
-        <v>27500000.0</v>
+        <v>8500000.0</v>
       </c>
       <c r="I22">
-        <v>4852941.23</v>
+        <v>1500000.02</v>
       </c>
       <c r="J22" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="K22" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>188</v>
+      </c>
+      <c r="G23">
+        <v>17749198.58</v>
+      </c>
+      <c r="H23">
+        <v>8516065.48</v>
+      </c>
+      <c r="I23">
+        <v>8878149.13</v>
+      </c>
+      <c r="J23" t="s">
+        <v>189</v>
+      </c>
+      <c r="K23" t="s">
         <v>190</v>
       </c>
-      <c r="B23" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="1" t="s">
+      <c r="L23" t="s">
         <v>191</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F23" t="s">
+      <c r="M23" t="s">
         <v>192</v>
       </c>
-      <c r="G23">
-[...8 lines deleted...]
-      <c r="J23" t="s">
+      <c r="N23" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B24" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" t="s">
         <v>195</v>
       </c>
-      <c r="B24" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="1" t="s">
+      <c r="G24">
+        <v>23228563.68</v>
+      </c>
+      <c r="H24">
+        <v>19744279.13</v>
+      </c>
+      <c r="I24">
+        <v>3019713.28</v>
+      </c>
+      <c r="J24" t="s">
         <v>196</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F24" t="s">
+      <c r="K24" t="s">
         <v>197</v>
       </c>
-      <c r="G24">
-[...8 lines deleted...]
-      <c r="J24" t="s">
+      <c r="L24" t="s">
         <v>198</v>
       </c>
-      <c r="K24" t="s">
+      <c r="M24" t="s">
         <v>199</v>
       </c>
-      <c r="L24" t="s">
+      <c r="N24" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B25" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F25" t="s">
+        <v>188</v>
+      </c>
+      <c r="G25">
+        <v>3076598.93</v>
+      </c>
+      <c r="H25">
+        <v>2615109.09</v>
+      </c>
+      <c r="I25">
+        <v>399957.86</v>
+      </c>
+      <c r="J25" t="s">
         <v>203</v>
       </c>
-      <c r="B25" t="s">
-[...11 lines deleted...]
-      <c r="F25" t="s">
+      <c r="K25" t="s">
         <v>204</v>
       </c>
-      <c r="G25">
-[...8 lines deleted...]
-      <c r="J25" t="s">
+      <c r="L25" t="s">
         <v>205</v>
       </c>
-      <c r="K25" t="s">
+      <c r="M25" t="s">
         <v>206</v>
       </c>
-      <c r="L25" t="s">
+      <c r="N25" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F26" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="G26">
-        <v>3076598.93</v>
+        <v>1681782.0</v>
       </c>
       <c r="H26">
-        <v>2615109.09</v>
+        <v>1429514.7</v>
       </c>
       <c r="I26">
-        <v>399957.86</v>
+        <v>218631.66</v>
       </c>
       <c r="J26" t="s">
+        <v>210</v>
+      </c>
+      <c r="K26" t="s">
+        <v>211</v>
+      </c>
+      <c r="L26" t="s">
         <v>212</v>
       </c>
-      <c r="K26" t="s">
+      <c r="M26" t="s">
         <v>213</v>
       </c>
-      <c r="L26" t="s">
+      <c r="N26" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B27" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>188</v>
+      </c>
+      <c r="G27">
+        <v>4893302.63</v>
+      </c>
+      <c r="H27">
+        <v>2347806.6</v>
+      </c>
+      <c r="I27">
+        <v>2447629.98</v>
+      </c>
+      <c r="J27" t="s">
         <v>217</v>
       </c>
-      <c r="B27" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="1" t="s">
+      <c r="K27" t="s">
         <v>218</v>
       </c>
-      <c r="E27" s="1" t="s">
-[...14 lines deleted...]
-      <c r="J27" t="s">
+      <c r="L27" t="s">
+        <v>212</v>
+      </c>
+      <c r="M27" t="s">
         <v>219</v>
       </c>
-      <c r="K27" t="s">
+      <c r="N27" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B28" t="s">
+        <v>43</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F28" t="s">
+        <v>188</v>
+      </c>
+      <c r="G28">
+        <v>9831815.53</v>
+      </c>
+      <c r="H28">
+        <v>8357043.2</v>
+      </c>
+      <c r="I28">
+        <v>1015142.92</v>
+      </c>
+      <c r="J28" t="s">
+        <v>223</v>
+      </c>
+      <c r="K28" t="s">
         <v>224</v>
       </c>
-      <c r="B28" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="1" t="s">
+      <c r="L28" t="s">
         <v>225</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...14 lines deleted...]
-      <c r="J28" t="s">
+      <c r="M28" t="s">
         <v>226</v>
       </c>
-      <c r="K28" t="s">
+      <c r="N28" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B29" t="s">
+        <v>65</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>188</v>
+      </c>
+      <c r="G29">
+        <v>4048529.26</v>
+      </c>
+      <c r="H29">
+        <v>1942484.34</v>
+      </c>
+      <c r="I29">
+        <v>2025074.34</v>
+      </c>
+      <c r="J29" t="s">
         <v>230</v>
       </c>
-      <c r="B29" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="1" t="s">
+      <c r="K29" t="s">
         <v>231</v>
       </c>
-      <c r="E29" s="1" t="s">
-[...14 lines deleted...]
-      <c r="J29" t="s">
+      <c r="L29" t="s">
+        <v>225</v>
+      </c>
+      <c r="M29" t="s">
         <v>232</v>
       </c>
-      <c r="K29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N29" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B30" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" t="s">
+        <v>188</v>
+      </c>
+      <c r="G30">
+        <v>146923.67</v>
+      </c>
+      <c r="H30">
+        <v>124286.41</v>
+      </c>
+      <c r="I30">
+        <v>19008.49</v>
+      </c>
+      <c r="J30" t="s">
+        <v>235</v>
+      </c>
+      <c r="K30" t="s">
+        <v>236</v>
+      </c>
+      <c r="L30" t="s">
         <v>237</v>
       </c>
-      <c r="B30" t="s">
-[...5 lines deleted...]
-      <c r="D30" s="1" t="s">
+      <c r="M30" t="s">
         <v>238</v>
       </c>
-      <c r="E30" s="1" t="s">
-[...14 lines deleted...]
-      <c r="J30" t="s">
+      <c r="N30" t="s">
         <v>239</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B31" t="s">
+        <v>241</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>243</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>46</v>
+        <v>244</v>
       </c>
       <c r="F31" t="s">
-        <v>197</v>
+        <v>245</v>
       </c>
       <c r="G31">
-        <v>146923.67</v>
+        <v>1348952.63</v>
       </c>
       <c r="H31">
-        <v>124286.41</v>
+        <v>1146609.73</v>
       </c>
       <c r="I31">
-        <v>19008.49</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>202342.89</v>
       </c>
       <c r="L31" t="s">
         <v>246</v>
       </c>
       <c r="M31" t="s">
         <v>247</v>
       </c>
       <c r="N31" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B32" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
       <c r="F32" t="s">
-        <v>129</v>
+        <v>188</v>
       </c>
       <c r="G32">
-        <v>1348952.63</v>
+        <v>61142053.72</v>
       </c>
       <c r="H32">
-        <v>1146609.73</v>
+        <v>51970745.66</v>
       </c>
       <c r="I32">
-        <v>202342.89</v>
+        <v>7948466.98</v>
+      </c>
+      <c r="J32" t="s">
+        <v>251</v>
+      </c>
+      <c r="K32" t="s">
+        <v>252</v>
       </c>
       <c r="L32" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M32" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="N32" t="s">
-        <v>253</v>
+        <v>193</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B33" t="s">
         <v>110</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="G33">
-        <v>61142053.72</v>
+        <v>8231887.3</v>
       </c>
       <c r="H33">
-        <v>51970745.66</v>
+        <v>6997104.21</v>
       </c>
       <c r="I33">
-        <v>7948466.98</v>
+        <v>1070145.35</v>
       </c>
       <c r="J33" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K33" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L33" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="M33" t="s">
         <v>259</v>
       </c>
       <c r="N33" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
       <c r="F34" t="s">
-        <v>197</v>
-[...8 lines deleted...]
-        <v>1070145.35</v>
+        <v>188</v>
       </c>
       <c r="J34" t="s">
         <v>262</v>
       </c>
       <c r="K34" t="s">
         <v>263</v>
       </c>
       <c r="L34" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="M34" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N34" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B35" t="s">
-        <v>90</v>
+        <v>241</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>93</v>
+        <v>244</v>
       </c>
       <c r="F35" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="J35" t="s">
         <v>267</v>
       </c>
-      <c r="K35" t="s">
+      <c r="G35">
+        <v>25000000.0</v>
+      </c>
+      <c r="H35">
+        <v>21250000.0</v>
+      </c>
+      <c r="I35">
+        <v>3750000.0</v>
+      </c>
+      <c r="L35" t="s">
         <v>268</v>
       </c>
-      <c r="L35" t="s">
+      <c r="M35" t="s">
         <v>269</v>
       </c>
-      <c r="M35" t="s">
+      <c r="N35" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="1" t="s">
         <v>271</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>126</v>
+        <v>26</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>272</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>128</v>
+        <v>18</v>
       </c>
       <c r="F36" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G36">
-        <v>25000000.0</v>
+        <v>219944.15</v>
       </c>
       <c r="H36">
-        <v>21250000.0</v>
+        <v>119880.93</v>
       </c>
       <c r="I36">
-        <v>3750000.0</v>
+        <v>21155.46</v>
       </c>
       <c r="L36" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M36" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N36" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>241</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>26</v>
+        <v>242</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>18</v>
+        <v>244</v>
       </c>
       <c r="F37" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="G37">
-        <v>219944.15</v>
+        <v>3959332.13</v>
       </c>
       <c r="H37">
-        <v>119880.93</v>
+        <v>3365432.31</v>
       </c>
       <c r="I37">
-        <v>21155.46</v>
+        <v>593899.82</v>
       </c>
       <c r="L37" t="s">
         <v>279</v>
       </c>
       <c r="M37" t="s">
         <v>280</v>
       </c>
       <c r="N37" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B38" t="s">
-        <v>125</v>
+        <v>43</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D38" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F38" t="s">
         <v>283</v>
       </c>
-      <c r="E38" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G38">
-        <v>3959332.13</v>
+        <v>101250529.38</v>
       </c>
       <c r="H38">
-        <v>3365432.31</v>
+        <v>86062949.97</v>
       </c>
       <c r="I38">
-        <v>593899.82</v>
+        <v>13162568.82</v>
+      </c>
+      <c r="J38" t="s">
+        <v>284</v>
+      </c>
+      <c r="K38" t="s">
+        <v>285</v>
       </c>
       <c r="L38" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M38" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N38" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B39" t="s">
-        <v>288</v>
+        <v>15</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="F39" t="s">
         <v>290</v>
       </c>
       <c r="G39">
-        <v>258650000.0</v>
+        <v>5882352.95</v>
       </c>
       <c r="H39">
-        <v>258650000.0</v>
+        <v>5000000.0</v>
+      </c>
+      <c r="I39">
+        <v>882352.95</v>
+      </c>
+      <c r="J39" t="s">
+        <v>291</v>
+      </c>
+      <c r="K39" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B40" t="s">
-        <v>43</v>
+        <v>241</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>44</v>
+        <v>242</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>294</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>46</v>
+        <v>244</v>
       </c>
       <c r="F40" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="G40">
-        <v>101250529.38</v>
+        <v>200000.0</v>
       </c>
       <c r="H40">
-        <v>86062949.97</v>
+        <v>170000.0</v>
       </c>
       <c r="I40">
-        <v>13162568.82</v>
+        <v>30000.0</v>
       </c>
       <c r="J40" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K40" t="s">
-        <v>294</v>
-[...7 lines deleted...]
-      <c r="N40" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B41" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F41" t="s">
         <v>299</v>
       </c>
       <c r="G41">
-        <v>5882352.95</v>
+        <v>46884503.02</v>
       </c>
       <c r="H41">
-        <v>5000000.0</v>
+        <v>39851827.57</v>
       </c>
       <c r="I41">
-        <v>882352.95</v>
-[...1 lines deleted...]
-      <c r="J41" t="s">
+        <v>7032675.45</v>
+      </c>
+      <c r="L41" t="s">
         <v>300</v>
       </c>
-      <c r="K41" t="s">
+      <c r="M41" t="s">
         <v>301</v>
+      </c>
+      <c r="N41" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>43</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>44</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
       <c r="F42" t="s">
+        <v>299</v>
+      </c>
+      <c r="G42">
+        <v>141176470.59</v>
+      </c>
+      <c r="H42">
+        <v>120000000.0</v>
+      </c>
+      <c r="I42">
+        <v>21176470.59</v>
+      </c>
+      <c r="L42" t="s">
         <v>304</v>
       </c>
-      <c r="G42">
-[...8 lines deleted...]
-      <c r="J42" t="s">
+      <c r="M42" t="s">
         <v>305</v>
       </c>
-      <c r="K42" t="s">
+      <c r="N42" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="F43" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="G43">
-        <v>46884503.02</v>
+        <v>23529411.76</v>
       </c>
       <c r="H43">
-        <v>39851827.57</v>
+        <v>20000000.0</v>
       </c>
       <c r="I43">
-        <v>7032675.45</v>
+        <v>3529411.76</v>
       </c>
       <c r="L43" t="s">
         <v>308</v>
       </c>
       <c r="M43" t="s">
         <v>309</v>
       </c>
       <c r="N43" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B44" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>44</v>
+        <v>101</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
       <c r="F44" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="G44">
-        <v>141176470.59</v>
+        <v>47058823.53</v>
       </c>
       <c r="H44">
-        <v>120000000.0</v>
+        <v>40000000.0</v>
       </c>
       <c r="I44">
-        <v>21176470.59</v>
+        <v>7058823.53</v>
       </c>
       <c r="L44" t="s">
         <v>312</v>
       </c>
       <c r="M44" t="s">
         <v>313</v>
       </c>
       <c r="N44" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B45" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>91</v>
+        <v>55</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>316</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="F45" t="s">
-        <v>290</v>
+        <v>317</v>
       </c>
       <c r="G45">
-        <v>23529411.76</v>
+        <v>2470588.24</v>
       </c>
       <c r="H45">
-        <v>20000000.0</v>
+        <v>2100000.0</v>
       </c>
       <c r="I45">
-        <v>3529411.76</v>
-[...7 lines deleted...]
-      <c r="N45" t="s">
+        <v>370588.24</v>
+      </c>
+      <c r="J45" t="s">
         <v>318</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="K45" t="s">
         <v>319</v>
-      </c>
-[...28 lines deleted...]
-        <v>322</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">