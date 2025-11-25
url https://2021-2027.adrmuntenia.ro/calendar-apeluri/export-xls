--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -1690,57 +1690,57 @@
       </c>
       <c r="N7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>75</v>
       </c>
       <c r="G8">
-        <v>11618485.57</v>
+        <v>72094639.09</v>
       </c>
       <c r="H8">
-        <v>9875712.59</v>
+        <v>61280443.22</v>
       </c>
       <c r="I8">
-        <v>1510403.25</v>
+        <v>9372303.08</v>
       </c>
       <c r="J8" t="s">
         <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>77</v>
       </c>
       <c r="L8" t="s">
         <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
@@ -2033,57 +2033,57 @@
       </c>
       <c r="K15" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>140</v>
       </c>
       <c r="G16">
-        <v>18673529.41</v>
+        <v>20339445.43</v>
       </c>
       <c r="H16">
-        <v>15872500.0</v>
+        <v>17288528.62</v>
       </c>
       <c r="I16">
-        <v>2427558.82</v>
+        <v>2644127.91</v>
       </c>
       <c r="J16" t="s">
         <v>141</v>
       </c>
       <c r="K16" t="s">
         <v>142</v>
       </c>
       <c r="L16" t="s">
         <v>143</v>
       </c>
       <c r="M16" t="s">
         <v>144</v>
       </c>
       <c r="N16" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="1" t="s">