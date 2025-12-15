--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Actiuni indicative</t>
   </si>
   <si>
     <t>Obiectiv de politica</t>
   </si>
   <si>
     <t>Potențiali aplicanți</t>
   </si>
   <si>
     <t>Total alocare financiara</t>
   </si>
   <si>
     <t>Alocare financiara federala</t>
   </si>
   <si>
@@ -497,51 +497,51 @@
   <si>
     <t>2025-05-27 14:00:00</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13 - Intensificarea acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare prin investiții în infrastructura verde-albastră</t>
   </si>
   <si>
     <t>Obiectivul specific RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;UAT municipii reședință de județ/ municipii/ orașe/ județ/ comună din regiunea Sud-Muntenia;&lt;/li&gt;&lt;li&gt;Parteneriate între UAT municipii reședință de județ/ municipii/ orașe, în calitate de lider de parteneriat, și unitățile administrativ-teritoriale din zona urbană funcțională a acestora, în calitate de partener;&lt;/li&gt;&lt;li&gt;Parteneriate între UAT județ, în calitate de lider de parteneriat, și UAT din mediul rural, în calitate de partener.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2023-08-31 12:00:14</t>
   </si>
   <si>
     <t>2023-09-22 12:00:49</t>
   </si>
   <si>
     <t>2024-11-29 14:00:45</t>
   </si>
   <si>
     <t>2025-02-03 08:00:05</t>
   </si>
   <si>
-    <t>2025-11-28 12:00:00</t>
+    <t>2025-12-29 12:00:00</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22 - Sprijin acordat învățământului profesional, tehnic și educației adulților pentru îmbunătățirea accesului egal la servicii de calitate și incluzive în  educație, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;construirea/ reabilitarea/ modernizarea/ consolidarea/ extinderea/ dotarea unităților de învățământ publice și a campusurilor școlare publice pentru formarea profesională prin învățământ profesional și tehnic (școli profesionale), învățământ dual public;&lt;/li&gt;&lt;li&gt;reabilitarea/ modernizarea/ dotarea infrastructurii aferente centrelor regionale de formare profesională a adulților;&lt;/li&gt;&lt;li&gt;dezvoltarea de aplicații și soluții în vederea digitalizarii procesului educațional, precum și dotarea cu echipamentele necesare;&lt;/li&gt;&lt;li&gt;comunicarea și vizibilitatea aferente proiectului în conformitate cu prevederile contractului de finanțare și cu prevederile Ghidului de Identitate Vizuală PRSM;&lt;/li&gt;&lt;li&gt;activitățile de tip FSE+, fiind activități conexe în cadrul proiectelor, menite să prevină segregarea școlară, care sunt favorabile incluziunii în educație, în special pentru elevii ce provin din grupurile marginalizate pe criterii de etnie, dizabilități și cerințe educaționale speciale, statutul socio-economic al părinților/familiilor.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;A. Unităţi administrativ-teritoriale din regiunea Sud-Muntenia, din mediul urban și rural.&lt;/p&gt;&lt;p&gt;B. Instituții ale administraţiei publice locale aferente entităţilor menţionate la punctul A), spre exemplu: acele entităţi (Direcţie/Serviciu) desprinse din aparatul Primăriei, aflate sub coordonarea Consiliului Local, cu bugetul aprobat prin HCL, derulează proceduri de achiziţii publice având personalitate juridică şi care au primit în administrare infrastructura educaţională.&lt;/p&gt;&lt;p&gt;C. Forme asociative între unităţile administrativ-teritoriale&amp;nbsp; menţionate la punctul A) şi instituții ale administraţiei publice locale menţionate la punctul B). Liderul asociaţiei va fi reprezentat de unitatea administrativ-teritorială.&lt;/p&gt;&lt;p&gt;D. Centrele Regionale de Formare Profesională a Adulților.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2023-09-29 13:00:41</t>
   </si>
   <si>
     <t>2023-10-23 13:00:17</t>
   </si>
   <si>
     <t>2024-04-08 17:40:13</t>
   </si>
   <si>
     <t>2024-06-07 08:00:35</t>
   </si>
   <si>
     <t>2024-12-06 12:00:51</t>
   </si>
@@ -893,65 +893,74 @@
   <si>
     <t>2024-12-18 23:59:00</t>
   </si>
   <si>
     <t>2025-04-23 15:00:03</t>
   </si>
   <si>
     <t>2025-05-23 08:00:40</t>
   </si>
   <si>
     <t>2027-05-21 12:00:00</t>
   </si>
   <si>
     <t>PRSM/ID/1/1/1.3/D - Intensificarea creșterii sustenabile și creșterea competitivității prin sprijinirea clusterelor</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;Clustere&lt;/li&gt;&lt;li&gt;Parteneriate cluster - operator cluster&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2025-05-28 15:00:54</t>
   </si>
   <si>
     <t>2025-06-20 23:59:10</t>
   </si>
   <si>
-    <t>Pact de integritate</t>
+    <t>PRSM/794/PRSM_P7/AT/AT/PRSM_A28 - Pacte de integritate</t>
   </si>
   <si>
     <t>&lt;ol&gt;&lt;li&gt;Evaluarea procedurilor de atribuire a contractelor Autorității Contractante în cadrul proiectului și evaluarea respectării principiilor: integritate, responsabilitate, nediscriminare, transparență și tratament egal în cadrul procedurilor de atribuire a contractelor precum și în timpul executării acestora.&lt;/li&gt;&lt;li&gt;Monitorizarea procedurilor de achiziții și monitorizarea implementării contractelor semnate în urma derulării acestora, de la stadiul de identificare și analiză a nevoilor până la semnarea procesului verbal de recepție, pentru toate contractele atribuite de Autoritatea Contractantă, în cadrul proiectului.&lt;/li&gt;&lt;li&gt;Realizarea rapoartelor de monitorizare și a listelor de verificare utilizate în verificarea implementării Pactului de Integritate.&lt;/li&gt;&lt;li&gt;Realizarea măsurilor de publicitate necesare implementării Pactului de Integritate, respectiv publicarea rapoartelor de monitorizare și informarea cetățenilor, inclusiv realizarea unui site web, cu respectarea prevederilor privind gestionarea și prelucrarea datelor cu caracter personal în conformitate cu Regulamentul (UE) 2016/679 și Legea nr. 190/2018, cu modificările și completările ulterioare.&lt;/li&gt;&lt;li&gt;Activități administrative dedicate participării la sedințele de lucru ale Autorității Contractante și de monitorizare a executării activităților ce țin de implementarea contractului atribuit de Autoritatea Contractantă.&lt;/li&gt;&lt;li&gt;Activități de comunicare și vizibilitate aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală, precum și cu prevederile articolelor 46 și 50 din cadrul Regulamentului (UE) 2021/1060 privind Dispozițiile Comune.&lt;/li&gt;&lt;li&gt;Alte activități specifice justificate și necesare implementării Pactului de Integritate.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Activitățile eligibile menționate mai sus trebuie realizate cu respectarea cerințelor privind designul universal și adaptarea rezonabilă.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;ONG&lt;/li&gt;&lt;li&gt;Parteneriat ONG cu alte organizații care nu desfășoară activitate economică pentru profit înființate prin alte legi speciale.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2025-06-23 11:00:30</t>
   </si>
   <si>
     <t>2025-07-15 23:59:38</t>
   </si>
   <si>
+    <t>2025-12-05 10:40:04</t>
+  </si>
+  <si>
+    <t>2026-02-05 08:00:23</t>
+  </si>
+  <si>
+    <t>2026-03-05 14:00:37</t>
+  </si>
+  <si>
     <t>PRSM/700/PRSM_P1/OP1/RSO1.3/PRSM_A39 - Înființarea, dezvoltarea și operaționalizarea incubatoarelor de afaceri și parcurilor industriale</t>
   </si>
   <si>
     <t>&lt;p&gt;Banca Europeană de Investiții&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-09-02 16:00:42</t>
   </si>
   <si>
     <t>2025-09-03 12:00:33</t>
   </si>
   <si>
     <t>2025-09-30 17:00:40</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2 - Asigurarea/îmbunătățirea eficienței energetice în clădirile rezidențiale - IFI (BEI)</t>
   </si>
   <si>
     <t>2025-09-02 16:00:25</t>
   </si>
   <si>
     <t>2025-09-03 12:00:00</t>
   </si>
   <si>
     <t>2025-09-30 17:00:58</t>
@@ -972,50 +981,65 @@
     <t>PRSM/703/PRSM_P6/OP5/RSO5.2/PRSM_A11 - Construcția, reabilitarea, modernizarea, extinderea și dotarea infrastructurii de turism și/sau agrement - IFI (BEI)</t>
   </si>
   <si>
     <t>2025-09-02 16:00:41</t>
   </si>
   <si>
     <t>2025-09-03 12:00:49</t>
   </si>
   <si>
     <t>2025-09-30 17:00:55</t>
   </si>
   <si>
     <t>Dezvoltarea infrastructurii pentru stații de reîncărcare electrică de-a lungul drumurilor județene</t>
   </si>
   <si>
     <t>&lt;p&gt;Investiții în dezvoltarea infrastructurii de puncte de reîncărcare de putere normală și putere înaltă pentru autovehicule și autobuze electrice, atât vehicule ușoare cât și vehicule grele, &amp;nbsp;pentru transportul rutier de-a lungul drumurilor județene din regiunea Sud-Muntenia.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;Consiliu județean&lt;/li&gt;&lt;li&gt;Primărie de comună&lt;/li&gt;&lt;li&gt;Primărie de oraș&lt;/li&gt;&lt;li&gt;Primărie de municipiu&lt;/li&gt;&lt;li&gt;Primărie de municipiu reședință de județ&lt;/li&gt;&lt;li&gt;Parteneriat între entitățile enumerate mai sus&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2025-10-15 17:00:00</t>
   </si>
   <si>
     <t>2025-11-06 23:59:11</t>
+  </si>
+  <si>
+    <t>PRSM/828/PRSM_P7/AT/AT/PRSM_A8 - Asigurarea funcționării sistemului de management al PR Sud- Muntenia 2021-2027</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Asigurarea funcționării sistemului de management și control pentru implementarea și monitorizarea eficientă a PRSM, în conformitate cu prevederile Programului Regional Sud Muntenia 2021-2027, Prioritatea&amp;nbsp;P7 - Asigurarea funcționării sistemului de management al PR Sud Muntenia, activități eligibile incluse în domeniul de interveție&amp;nbsp;180 - Pregătire, implementare, monitorizare și control.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-09 17:00:44</t>
+  </si>
+  <si>
+    <t>2025-12-11 08:00:52</t>
+  </si>
+  <si>
+    <t>2026-01-15 14:00:04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -1341,51 +1365,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:N46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100" customWidth="true" style="1"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="100" customWidth="true" style="1"/>
     <col min="4" max="4" width="100" customWidth="true" style="1"/>
     <col min="5" max="5" width="64.841" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="1003.898" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -1690,57 +1714,57 @@
       </c>
       <c r="N7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>75</v>
       </c>
       <c r="G8">
-        <v>72094639.09</v>
+        <v>11618486.57</v>
       </c>
       <c r="H8">
-        <v>61280443.22</v>
+        <v>9875713.59</v>
       </c>
       <c r="I8">
-        <v>9372303.08</v>
+        <v>1510403.25</v>
       </c>
       <c r="J8" t="s">
         <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>77</v>
       </c>
       <c r="L8" t="s">
         <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
@@ -2033,57 +2057,57 @@
       </c>
       <c r="K15" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>140</v>
       </c>
       <c r="G16">
-        <v>20339445.43</v>
+        <v>18673529.41</v>
       </c>
       <c r="H16">
-        <v>17288528.62</v>
+        <v>15872500.0</v>
       </c>
       <c r="I16">
-        <v>2644127.91</v>
+        <v>2427558.82</v>
       </c>
       <c r="J16" t="s">
         <v>141</v>
       </c>
       <c r="K16" t="s">
         <v>142</v>
       </c>
       <c r="L16" t="s">
         <v>143</v>
       </c>
       <c r="M16" t="s">
         <v>144</v>
       </c>
       <c r="N16" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="1" t="s">
@@ -3022,224 +3046,271 @@
       </c>
       <c r="D40" s="1" t="s">
         <v>294</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>244</v>
       </c>
       <c r="F40" t="s">
         <v>295</v>
       </c>
       <c r="G40">
         <v>200000.0</v>
       </c>
       <c r="H40">
         <v>170000.0</v>
       </c>
       <c r="I40">
         <v>30000.0</v>
       </c>
       <c r="J40" t="s">
         <v>296</v>
       </c>
       <c r="K40" t="s">
         <v>297</v>
       </c>
+      <c r="L40" t="s">
+        <v>298</v>
+      </c>
+      <c r="M40" t="s">
+        <v>299</v>
+      </c>
+      <c r="N40" t="s">
+        <v>300</v>
+      </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B41" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F41" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G41">
         <v>46884503.02</v>
       </c>
       <c r="H41">
         <v>39851827.57</v>
       </c>
       <c r="I41">
         <v>7032675.45</v>
       </c>
       <c r="L41" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="M41" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="N41" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B42" t="s">
         <v>43</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G42">
         <v>141176470.59</v>
       </c>
       <c r="H42">
         <v>120000000.0</v>
       </c>
       <c r="I42">
         <v>21176470.59</v>
       </c>
       <c r="L42" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="M42" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="N42" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F43" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G43">
         <v>23529411.76</v>
       </c>
       <c r="H43">
         <v>20000000.0</v>
       </c>
       <c r="I43">
         <v>3529411.76</v>
       </c>
       <c r="L43" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="M43" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="N43" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F44" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G44">
         <v>47058823.53</v>
       </c>
       <c r="H44">
         <v>40000000.0</v>
       </c>
       <c r="I44">
         <v>7058823.53</v>
       </c>
       <c r="L44" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="M44" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="N44" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B45" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F45" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="G45">
         <v>2470588.24</v>
       </c>
       <c r="H45">
         <v>2100000.0</v>
       </c>
       <c r="I45">
         <v>370588.24</v>
       </c>
       <c r="J45" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="K45" t="s">
-        <v>319</v>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
+      <c r="A46" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B46" t="s">
+        <v>241</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="F46" t="s">
+        <v>267</v>
+      </c>
+      <c r="G46">
+        <v>20000000.0</v>
+      </c>
+      <c r="H46">
+        <v>17000000.0</v>
+      </c>
+      <c r="I46">
+        <v>3000000.0</v>
+      </c>
+      <c r="L46" t="s">
+        <v>325</v>
+      </c>
+      <c r="M46" t="s">
+        <v>326</v>
+      </c>
+      <c r="N46" t="s">
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">