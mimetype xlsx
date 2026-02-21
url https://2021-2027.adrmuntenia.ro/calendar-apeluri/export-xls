--- v3 (2025-12-15)
+++ v4 (2026-02-21)
@@ -1890,57 +1890,57 @@
       </c>
       <c r="N11" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="1" t="s">
         <v>109</v>
       </c>
       <c r="B12" t="s">
         <v>110</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>113</v>
       </c>
       <c r="G12">
-        <v>55449997.13</v>
+        <v>71644243.94</v>
       </c>
       <c r="H12">
-        <v>47132497.56</v>
+        <v>60897607.35</v>
       </c>
       <c r="I12">
-        <v>7208499.63</v>
+        <v>9313751.71</v>
       </c>
       <c r="J12" t="s">
         <v>114</v>
       </c>
       <c r="K12" t="s">
         <v>115</v>
       </c>
       <c r="L12" t="s">
         <v>116</v>
       </c>
       <c r="M12" t="s">
         <v>117</v>
       </c>
       <c r="N12" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B13" t="s">
         <v>110</v>
       </c>
       <c r="C13" s="1" t="s">
@@ -2725,57 +2725,57 @@
       </c>
       <c r="N31" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B32" t="s">
         <v>110</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>188</v>
       </c>
       <c r="G32">
-        <v>61142053.72</v>
+        <v>44942925.6</v>
       </c>
       <c r="H32">
-        <v>51970745.66</v>
+        <v>38201486.76</v>
       </c>
       <c r="I32">
-        <v>7948466.98</v>
+        <v>5842580.33</v>
       </c>
       <c r="J32" t="s">
         <v>251</v>
       </c>
       <c r="K32" t="s">
         <v>252</v>
       </c>
       <c r="L32" t="s">
         <v>253</v>
       </c>
       <c r="M32" t="s">
         <v>254</v>
       </c>
       <c r="N32" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="1" t="s">
         <v>255</v>
       </c>
       <c r="B33" t="s">
         <v>110</v>
       </c>
       <c r="C33" s="1" t="s">