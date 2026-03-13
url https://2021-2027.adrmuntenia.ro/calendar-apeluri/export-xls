--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -914,51 +914,51 @@
   <si>
     <t>2025-06-20 23:59:10</t>
   </si>
   <si>
     <t>PRSM/794/PRSM_P7/AT/AT/PRSM_A28 - Pacte de integritate</t>
   </si>
   <si>
     <t>&lt;ol&gt;&lt;li&gt;Evaluarea procedurilor de atribuire a contractelor Autorității Contractante în cadrul proiectului și evaluarea respectării principiilor: integritate, responsabilitate, nediscriminare, transparență și tratament egal în cadrul procedurilor de atribuire a contractelor precum și în timpul executării acestora.&lt;/li&gt;&lt;li&gt;Monitorizarea procedurilor de achiziții și monitorizarea implementării contractelor semnate în urma derulării acestora, de la stadiul de identificare și analiză a nevoilor până la semnarea procesului verbal de recepție, pentru toate contractele atribuite de Autoritatea Contractantă, în cadrul proiectului.&lt;/li&gt;&lt;li&gt;Realizarea rapoartelor de monitorizare și a listelor de verificare utilizate în verificarea implementării Pactului de Integritate.&lt;/li&gt;&lt;li&gt;Realizarea măsurilor de publicitate necesare implementării Pactului de Integritate, respectiv publicarea rapoartelor de monitorizare și informarea cetățenilor, inclusiv realizarea unui site web, cu respectarea prevederilor privind gestionarea și prelucrarea datelor cu caracter personal în conformitate cu Regulamentul (UE) 2016/679 și Legea nr. 190/2018, cu modificările și completările ulterioare.&lt;/li&gt;&lt;li&gt;Activități administrative dedicate participării la sedințele de lucru ale Autorității Contractante și de monitorizare a executării activităților ce țin de implementarea contractului atribuit de Autoritatea Contractantă.&lt;/li&gt;&lt;li&gt;Activități de comunicare și vizibilitate aferente proiectului în conformitate cu prevederile contractului de finanţare și cu prevederile Ghidului de Identitate Vizuală, precum și cu prevederile articolelor 46 și 50 din cadrul Regulamentului (UE) 2021/1060 privind Dispozițiile Comune.&lt;/li&gt;&lt;li&gt;Alte activități specifice justificate și necesare implementării Pactului de Integritate.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Activitățile eligibile menționate mai sus trebuie realizate cu respectarea cerințelor privind designul universal și adaptarea rezonabilă.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;ONG&lt;/li&gt;&lt;li&gt;Parteneriat ONG cu alte organizații care nu desfășoară activitate economică pentru profit înființate prin alte legi speciale.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>2025-06-23 11:00:30</t>
   </si>
   <si>
     <t>2025-07-15 23:59:38</t>
   </si>
   <si>
     <t>2025-12-05 10:40:04</t>
   </si>
   <si>
     <t>2026-02-05 08:00:23</t>
   </si>
   <si>
-    <t>2026-03-05 14:00:37</t>
+    <t>2026-04-06 14:00:00</t>
   </si>
   <si>
     <t>PRSM/700/PRSM_P1/OP1/RSO1.3/PRSM_A39 - Înființarea, dezvoltarea și operaționalizarea incubatoarelor de afaceri și parcurilor industriale</t>
   </si>
   <si>
     <t>&lt;p&gt;Banca Europeană de Investiții&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-09-02 16:00:42</t>
   </si>
   <si>
     <t>2025-09-03 12:00:33</t>
   </si>
   <si>
     <t>2025-09-30 17:00:40</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2 - Asigurarea/îmbunătățirea eficienței energetice în clădirile rezidențiale - IFI (BEI)</t>
   </si>
   <si>
     <t>2025-09-02 16:00:25</t>
   </si>
   <si>
     <t>2025-09-03 12:00:00</t>
   </si>