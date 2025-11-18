--- v0 (2025-10-20)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -71,117 +71,117 @@
   <si>
     <t>Valoare totală contracte</t>
   </si>
   <si>
     <t>Valoare FEDR contracte</t>
   </si>
   <si>
     <t>Valoare buget stat contracte</t>
   </si>
   <si>
     <t>P1 - O regiune competitivă prin inovare, digitalizare și întreprinderi dinamice</t>
   </si>
   <si>
     <t>RSO1.2 - Valorificarea avantajelor digitalizării, în beneficiul cetățenilor, al companiilor, al organizațiilor de cercetare și al autorităților publice</t>
   </si>
   <si>
     <t>PRSM/473/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
   </si>
   <si>
     <t>01.11.2024</t>
   </si>
   <si>
     <t>30.06.2025</t>
   </si>
   <si>
-    <t>214.147.322,00</t>
-[...2 lines deleted...]
-    <t>178.986.455,08</t>
+    <t>214.147.321,99</t>
+  </si>
+  <si>
+    <t>178.986.455,07</t>
   </si>
   <si>
     <t>27.374.368,51</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>319.295.109,84</t>
   </si>
   <si>
     <t>176.082.412,96</t>
   </si>
   <si>
     <t>31.787.361,15</t>
   </si>
   <si>
-    <t>63.613.365,21</t>
-[...5 lines deleted...]
-    <t>6.272.309,31</t>
+    <t>70.837.776,43</t>
+  </si>
+  <si>
+    <t>39.640.396,95</t>
+  </si>
+  <si>
+    <t>6.995.364,17</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.764.590.660,56</t>
   </si>
   <si>
     <t>729.702.211,90</t>
   </si>
   <si>
     <t>128.770.978,64</t>
   </si>
   <si>
-    <t>887.235.417,07</t>
-[...5 lines deleted...]
-    <t>61.424.297,06</t>
+    <t>1.011.585.216,24</t>
+  </si>
+  <si>
+    <t>397.276.118,30</t>
+  </si>
+  <si>
+    <t>70.107.550,26</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -209,87 +209,96 @@
   <si>
     <t>20.639.552,96</t>
   </si>
   <si>
     <t>3.156.637,52</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>120.673.488,87</t>
   </si>
   <si>
     <t>94.077.733,22</t>
   </si>
   <si>
     <t>14.388.359,19</t>
   </si>
   <si>
+    <t>23.511.443,65</t>
+  </si>
+  <si>
+    <t>18.166.496,15</t>
+  </si>
+  <si>
+    <t>2.778.405,30</t>
+  </si>
+  <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>164.827.478,11</t>
   </si>
   <si>
     <t>117.224.426,29</t>
   </si>
   <si>
     <t>16.348.475,33</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
-    <t>46.269.292,31</t>
-[...5 lines deleted...]
-    <t>4.176.370,27</t>
+    <t>97.255.301,57</t>
+  </si>
+  <si>
+    <t>60.285.971,69</t>
+  </si>
+  <si>
+    <t>9.220.207,49</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>51.428.242,78</t>
   </si>
   <si>
     <t>36.218.668,06</t>
   </si>
   <si>
     <t>5.539.325,69</t>
   </si>
   <si>
     <t>45.517.673,22</t>
   </si>
@@ -338,51 +347,51 @@
   <si>
     <t>1.371.261,38</t>
   </si>
   <si>
     <t>13.742.651,40</t>
   </si>
   <si>
     <t>9.731.570,66</t>
   </si>
   <si>
     <t>1.488.357,88</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>743.118.087,33</t>
   </si>
   <si>
     <t>628.661.995,80</t>
   </si>
   <si>
     <t>96.148.305,22</t>
   </si>
   <si>
     <t>743.118.087,34</t>
   </si>
   <si>
     <t>549.472.300,00</t>
   </si>
   <si>
     <t>84.036.939,98</t>
   </si>
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
@@ -1002,95 +1011,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>238</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>162</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1174,571 +1183,574 @@
       </c>
       <c r="C7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>61</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
         <v>62</v>
       </c>
       <c r="I7" t="s">
         <v>63</v>
       </c>
       <c r="J7" t="s">
         <v>64</v>
       </c>
+      <c r="K7">
+        <v>1</v>
+      </c>
       <c r="L7" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G8">
         <v>12</v>
       </c>
       <c r="H8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I8" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="L8" t="s">
         <v>22</v>
       </c>
       <c r="M8" t="s">
         <v>22</v>
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
         <v>22</v>
       </c>
       <c r="N9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F10" t="s">
         <v>61</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="I10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="I11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="I13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="N13" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F14" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="I14" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="L14" t="s">
         <v>22</v>
       </c>
       <c r="M14" t="s">
         <v>22</v>
       </c>
       <c r="N14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G15">
         <v>3</v>
       </c>
       <c r="H15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="I15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="J15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="L15" t="s">
         <v>22</v>
       </c>
       <c r="M15" t="s">
         <v>22</v>
       </c>
       <c r="N15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F16" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J16" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="M16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="N16" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F17" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I17" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="J17" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="M17" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F18" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
       <c r="H18" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I18" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J18" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="L18" t="s">
         <v>22</v>
       </c>
       <c r="M18" t="s">
         <v>22</v>
       </c>
       <c r="N18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F19" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G19">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="I19" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="J19" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="M19" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="N19" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">