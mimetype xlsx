--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -104,84 +104,84 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>319.295.109,84</t>
   </si>
   <si>
     <t>176.082.412,96</t>
   </si>
   <si>
     <t>31.787.361,15</t>
   </si>
   <si>
-    <t>70.837.776,43</t>
-[...5 lines deleted...]
-    <t>6.995.364,17</t>
+    <t>74.603.173,02</t>
+  </si>
+  <si>
+    <t>41.948.021,27</t>
+  </si>
+  <si>
+    <t>7.402.591,98</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.764.590.660,56</t>
   </si>
   <si>
     <t>729.702.211,90</t>
   </si>
   <si>
     <t>128.770.978,64</t>
   </si>
   <si>
-    <t>1.011.585.216,24</t>
-[...5 lines deleted...]
-    <t>70.107.550,26</t>
+    <t>1.188.149.675,68</t>
+  </si>
+  <si>
+    <t>470.071.894,19</t>
+  </si>
+  <si>
+    <t>82.953.863,67</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -209,96 +209,96 @@
   <si>
     <t>20.639.552,96</t>
   </si>
   <si>
     <t>3.156.637,52</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>120.673.488,87</t>
   </si>
   <si>
     <t>94.077.733,22</t>
   </si>
   <si>
     <t>14.388.359,19</t>
   </si>
   <si>
-    <t>23.511.443,65</t>
-[...5 lines deleted...]
-    <t>2.778.405,30</t>
+    <t>73.685.603,83</t>
+  </si>
+  <si>
+    <t>57.399.240,59</t>
+  </si>
+  <si>
+    <t>8.778.707,38</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>164.827.478,11</t>
   </si>
   <si>
     <t>117.224.426,29</t>
   </si>
   <si>
     <t>16.348.475,33</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...8 lines deleted...]
-    <t>9.220.207,49</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>122.823.637,61</t>
+  </si>
+  <si>
+    <t>73.750.795,03</t>
+  </si>
+  <si>
+    <t>11.279.533,40</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>51.428.242,78</t>
   </si>
   <si>
     <t>36.218.668,06</t>
   </si>
   <si>
     <t>5.539.325,69</t>
   </si>
   <si>
     <t>45.517.673,22</t>
   </si>
@@ -1011,95 +1011,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>238</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>162</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1184,51 +1184,51 @@
       <c r="C7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>61</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
         <v>62</v>
       </c>
       <c r="I7" t="s">
         <v>63</v>
       </c>
       <c r="J7" t="s">
         <v>64</v>
       </c>
       <c r="K7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E8" s="1" t="s">
@@ -1257,51 +1257,51 @@
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>77</v>
       </c>
       <c r="G9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H9" t="s">
         <v>78</v>
       </c>
       <c r="I9" t="s">
         <v>79</v>
       </c>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
         <v>22</v>
       </c>
       <c r="N9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">