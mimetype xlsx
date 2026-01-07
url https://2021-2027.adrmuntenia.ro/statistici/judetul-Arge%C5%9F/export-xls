--- v2 (2025-12-11)
+++ v3 (2026-01-07)
@@ -104,84 +104,84 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>319.295.109,84</t>
   </si>
   <si>
     <t>176.082.412,96</t>
   </si>
   <si>
     <t>31.787.361,15</t>
   </si>
   <si>
-    <t>74.603.173,02</t>
-[...5 lines deleted...]
-    <t>7.402.591,98</t>
+    <t>76.447.805,46</t>
+  </si>
+  <si>
+    <t>43.145.642,06</t>
+  </si>
+  <si>
+    <t>7.613.936,83</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.764.590.660,56</t>
   </si>
   <si>
     <t>729.702.211,90</t>
   </si>
   <si>
     <t>128.770.978,64</t>
   </si>
   <si>
-    <t>1.188.149.675,68</t>
-[...5 lines deleted...]
-    <t>82.953.863,67</t>
+    <t>1.210.410.690,73</t>
+  </si>
+  <si>
+    <t>479.110.286,36</t>
+  </si>
+  <si>
+    <t>84.548.874,06</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -209,57 +209,57 @@
   <si>
     <t>20.639.552,96</t>
   </si>
   <si>
     <t>3.156.637,52</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>120.673.488,87</t>
   </si>
   <si>
     <t>94.077.733,22</t>
   </si>
   <si>
     <t>14.388.359,19</t>
   </si>
   <si>
-    <t>73.685.603,83</t>
-[...5 lines deleted...]
-    <t>8.778.707,38</t>
+    <t>117.214.838,81</t>
+  </si>
+  <si>
+    <t>91.302.662,71</t>
+  </si>
+  <si>
+    <t>13.963.936,64</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>164.827.478,11</t>
   </si>
   <si>
     <t>117.224.426,29</t>
   </si>
   <si>
     <t>16.348.475,33</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
@@ -1011,95 +1011,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>238</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>162</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1184,51 +1184,51 @@
       <c r="C7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>61</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
         <v>62</v>
       </c>
       <c r="I7" t="s">
         <v>63</v>
       </c>
       <c r="J7" t="s">
         <v>64</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E8" s="1" t="s">