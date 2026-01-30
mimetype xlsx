--- v3 (2026-01-07)
+++ v4 (2026-01-30)
@@ -131,108 +131,108 @@
   <si>
     <t>43.145.642,06</t>
   </si>
   <si>
     <t>7.613.936,83</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.764.590.660,56</t>
   </si>
   <si>
     <t>729.702.211,90</t>
   </si>
   <si>
     <t>128.770.978,64</t>
   </si>
   <si>
-    <t>1.210.410.690,73</t>
-[...5 lines deleted...]
-    <t>84.548.874,06</t>
+    <t>1.231.398.715,83</t>
+  </si>
+  <si>
+    <t>490.153.957,51</t>
+  </si>
+  <si>
+    <t>86.497.757,20</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
   <si>
     <t>105.282,25</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>24.281.827,01</t>
-[...5 lines deleted...]
-    <t>3.156.637,52</t>
+    <t>71.463.125,27</t>
+  </si>
+  <si>
+    <t>56.437.891,68</t>
+  </si>
+  <si>
+    <t>8.631.677,60</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>120.673.488,87</t>
   </si>
   <si>
     <t>94.077.733,22</t>
   </si>
   <si>
     <t>14.388.359,19</t>
   </si>
   <si>
     <t>117.214.838,81</t>
   </si>
   <si>
     <t>91.302.662,71</t>
   </si>
@@ -248,57 +248,57 @@
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>164.827.478,11</t>
   </si>
   <si>
     <t>117.224.426,29</t>
   </si>
   <si>
     <t>16.348.475,33</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>122.823.637,61</t>
-[...5 lines deleted...]
-    <t>11.279.533,40</t>
+    <t>198.539.751,09</t>
+  </si>
+  <si>
+    <t>132.116.459,74</t>
+  </si>
+  <si>
+    <t>20.708.107,96</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>51.428.242,78</t>
   </si>
   <si>
     <t>36.218.668,06</t>
   </si>
   <si>
     <t>5.539.325,69</t>
   </si>
   <si>
     <t>45.517.673,22</t>
   </si>
@@ -1055,51 +1055,51 @@
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>162</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1131,51 +1131,51 @@
       </c>
       <c r="N5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>55</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="L6" t="s">
         <v>22</v>
       </c>
       <c r="M6" t="s">
         <v>22</v>
       </c>
       <c r="N6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
@@ -1257,51 +1257,51 @@
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>77</v>
       </c>
       <c r="G9">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H9" t="s">
         <v>78</v>
       </c>
       <c r="I9" t="s">
         <v>79</v>
       </c>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
         <v>22</v>
       </c>
       <c r="N9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">