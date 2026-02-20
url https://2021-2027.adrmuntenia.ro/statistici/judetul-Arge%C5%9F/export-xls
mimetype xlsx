--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -104,135 +104,144 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>319.295.109,84</t>
   </si>
   <si>
     <t>176.082.412,96</t>
   </si>
   <si>
     <t>31.787.361,15</t>
   </si>
   <si>
-    <t>76.447.805,46</t>
-[...5 lines deleted...]
-    <t>7.613.936,83</t>
+    <t>85.250.647,87</t>
+  </si>
+  <si>
+    <t>47.948.570,91</t>
+  </si>
+  <si>
+    <t>8.461.512,51</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.764.590.660,56</t>
   </si>
   <si>
     <t>729.702.211,90</t>
   </si>
   <si>
     <t>128.770.978,64</t>
   </si>
   <si>
-    <t>1.231.398.715,83</t>
-[...5 lines deleted...]
-    <t>86.497.757,20</t>
+    <t>1.279.781.089,69</t>
+  </si>
+  <si>
+    <t>510.673.444,80</t>
+  </si>
+  <si>
+    <t>90.118.843,19</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
   <si>
     <t>105.282,25</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>71.463.125,27</t>
-[...5 lines deleted...]
-    <t>8.631.677,60</t>
+    <t>89.805.705,04</t>
+  </si>
+  <si>
+    <t>68.513.891,11</t>
+  </si>
+  <si>
+    <t>10.478.595,15</t>
+  </si>
+  <si>
+    <t>25.248.336,48</t>
+  </si>
+  <si>
+    <t>18.889.892,38</t>
+  </si>
+  <si>
+    <t>2.889.042,39</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>120.673.488,87</t>
   </si>
   <si>
     <t>94.077.733,22</t>
   </si>
   <si>
     <t>14.388.359,19</t>
   </si>
   <si>
     <t>117.214.838,81</t>
   </si>
   <si>
     <t>91.302.662,71</t>
   </si>
@@ -248,114 +257,105 @@
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>164.827.478,11</t>
   </si>
   <si>
     <t>117.224.426,29</t>
   </si>
   <si>
     <t>16.348.475,33</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>198.539.751,09</t>
-[...5 lines deleted...]
-    <t>20.708.107,96</t>
+    <t>214.129.275,40</t>
+  </si>
+  <si>
+    <t>141.604.628,45</t>
+  </si>
+  <si>
+    <t>22.159.239,66</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>51.428.242,78</t>
   </si>
   <si>
     <t>36.218.668,06</t>
   </si>
   <si>
     <t>5.539.325,69</t>
   </si>
   <si>
     <t>45.517.673,22</t>
   </si>
   <si>
     <t>31.740.035,39</t>
   </si>
   <si>
     <t>4.854.358,34</t>
   </si>
   <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>16.09.2024</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>158.576.440,75</t>
   </si>
   <si>
     <t>110.551.990,16</t>
   </si>
   <si>
     <t>16.907.951,44</t>
-  </si>
-[...7 lines deleted...]
-    <t>9.706.905,01</t>
   </si>
   <si>
     <t>PRSM/438/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>10.985.152,79</t>
   </si>
   <si>
     <t>8.965.939,75</t>
   </si>
   <si>
     <t>1.371.261,38</t>
   </si>
   <si>
     <t>13.742.651,40</t>
   </si>
   <si>
     <t>9.731.570,66</t>
   </si>
   <si>
     <t>1.488.357,88</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
@@ -1011,95 +1011,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>238</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>162</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1131,303 +1131,306 @@
       </c>
       <c r="N5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>55</v>
       </c>
       <c r="G6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
+      <c r="K6">
+        <v>2</v>
+      </c>
       <c r="L6" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K7">
         <v>5</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G8">
         <v>12</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="L8" t="s">
         <v>22</v>
       </c>
       <c r="M8" t="s">
         <v>22</v>
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G9">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
         <v>22</v>
       </c>
       <c r="N9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F10" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="I11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="J11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="K11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L11" t="s">
         <v>97</v>
       </c>
       <c r="M11" t="s">
         <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F12" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
         <v>101</v>
       </c>
       <c r="I12" t="s">
         <v>102</v>
       </c>
       <c r="J12" t="s">
         <v>103</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
         <v>104</v>
       </c>
       <c r="M12" t="s">
         <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>106</v>
       </c>