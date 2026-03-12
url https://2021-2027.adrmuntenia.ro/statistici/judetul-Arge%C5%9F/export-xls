--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -104,135 +104,135 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>319.295.109,84</t>
   </si>
   <si>
     <t>176.082.412,96</t>
   </si>
   <si>
     <t>31.787.361,15</t>
   </si>
   <si>
-    <t>85.250.647,87</t>
-[...5 lines deleted...]
-    <t>8.461.512,51</t>
+    <t>87.312.233,82</t>
+  </si>
+  <si>
+    <t>49.071.547,38</t>
+  </si>
+  <si>
+    <t>8.659.684,82</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.764.590.660,56</t>
   </si>
   <si>
     <t>729.702.211,90</t>
   </si>
   <si>
     <t>128.770.978,64</t>
   </si>
   <si>
-    <t>1.279.781.089,69</t>
-[...5 lines deleted...]
-    <t>90.118.843,19</t>
+    <t>1.319.785.610,93</t>
+  </si>
+  <si>
+    <t>525.849.652,08</t>
+  </si>
+  <si>
+    <t>92.796.997,40</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
   <si>
     <t>105.282,25</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>89.805.705,04</t>
-[...5 lines deleted...]
-    <t>10.478.595,15</t>
+    <t>111.568.537,50</t>
+  </si>
+  <si>
+    <t>86.309.051,78</t>
+  </si>
+  <si>
+    <t>13.200.207,98</t>
   </si>
   <si>
     <t>25.248.336,48</t>
   </si>
   <si>
     <t>18.889.892,38</t>
   </si>
   <si>
     <t>2.889.042,39</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>120.673.488,87</t>
   </si>
   <si>
     <t>94.077.733,22</t>
   </si>
@@ -1011,95 +1011,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>238</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>162</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1131,51 +1131,51 @@
       </c>
       <c r="N5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>55</v>
       </c>
       <c r="G6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6" t="s">
         <v>59</v>
       </c>
       <c r="M6" t="s">
         <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">