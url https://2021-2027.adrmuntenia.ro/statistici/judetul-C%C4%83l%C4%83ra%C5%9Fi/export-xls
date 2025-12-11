--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -122,294 +122,264 @@
   <si>
     <t>24.792.181,64</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>83.048.021,38</t>
   </si>
   <si>
     <t>47.324.317,36</t>
   </si>
   <si>
     <t>9.118.808,33</t>
   </si>
   <si>
-    <t>17.407.487,50</t>
-[...5 lines deleted...]
-    <t>1.684.091,58</t>
+    <t>19.022.640,43</t>
+  </si>
+  <si>
+    <t>10.386.622,71</t>
+  </si>
+  <si>
+    <t>1.832.933,43</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>642.231.782,57</t>
   </si>
   <si>
     <t>265.664.722,07</t>
   </si>
   <si>
     <t>46.882.009,77</t>
   </si>
   <si>
-    <t>233.556.880,04</t>
-[...23 lines deleted...]
-    <t>35.643.709,00</t>
+    <t>270.030.266,11</t>
+  </si>
+  <si>
+    <t>115.475.515,03</t>
+  </si>
+  <si>
+    <t>20.378.032,06</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
-    <t>PRSM/701/PRSM_P2/OP2</t>
-[...10 lines deleted...]
-  <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>2.708.689,72</t>
-[...5 lines deleted...]
-    <t>319.218,02</t>
+    <t>81.039.925,54</t>
+  </si>
+  <si>
+    <t>65.872.992,25</t>
+  </si>
+  <si>
+    <t>10.074.034,36</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>34.338.418,06</t>
   </si>
   <si>
     <t>25.850.969,42</t>
   </si>
   <si>
     <t>3.953.677,95</t>
   </si>
   <si>
-    <t>1.955.238,08</t>
-[...5 lines deleted...]
-    <t>167.017,55</t>
+    <t>16.896.375,07</t>
+  </si>
+  <si>
+    <t>12.455.165,25</t>
+  </si>
+  <si>
+    <t>1.904.908,07</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>97.415.714,78</t>
   </si>
   <si>
     <t>68.665.197,49</t>
   </si>
   <si>
     <t>8.610.811,65</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>6.219.849,16</t>
   </si>
   <si>
     <t>5.074.228,47</t>
   </si>
   <si>
     <t>776.058,46</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...8 lines deleted...]
-    <t>11.766.183,88</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>185.196.847,39</t>
+  </si>
+  <si>
+    <t>142.351.329,97</t>
+  </si>
+  <si>
+    <t>21.771.379,91</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
-    <t>20.243.204,67</t>
-[...5 lines deleted...]
-    <t>2.631.616,59</t>
+    <t>30.100.773,92</t>
+  </si>
+  <si>
+    <t>25.408.773,80</t>
+  </si>
+  <si>
+    <t>3.886.047,74</t>
   </si>
   <si>
     <t>20.243.204,54</t>
   </si>
   <si>
     <t>17.206.723,86</t>
   </si>
   <si>
     <t>2.631.616,57</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>21.636.136,22</t>
   </si>
   <si>
     <t>15.371.202,79</t>
   </si>
   <si>
     <t>2.350.889,85</t>
   </si>
   <si>
     <t>21.636.136,24</t>
   </si>
   <si>
     <t>15.371.202,81</t>
   </si>
   <si>
     <t>2.350.889,86</t>
   </si>
   <si>
     <t>PRSM/438/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>620.644.795,47</t>
   </si>
   <si>
     <t>473.327.472,32</t>
   </si>
   <si>
     <t>72.391.260,48</t>
   </si>
   <si>
     <t>384.432.656,63</t>
   </si>
   <si>
     <t>274.715.607,03</t>
   </si>
   <si>
     <t>42.015.328,13</t>
   </si>
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
@@ -482,93 +452,69 @@
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>28.457.232,80</t>
   </si>
   <si>
     <t>24.188.647,88</t>
   </si>
   <si>
     <t>3.699.440,34</t>
   </si>
   <si>
-    <t>PRSM/702/PRSM_P6/OP5/RSO5.1/PRSM_A11</t>
-[...10 lines deleted...]
-  <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>90.432.204,06</t>
   </si>
   <si>
     <t>42.311.777,98</t>
   </si>
   <si>
     <t>6.471.213,11</t>
-  </si>
-[...10 lines deleted...]
-    <t>35.776.235,30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -894,51 +840,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:N19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="80" customWidth="true" style="1"/>
     <col min="4" max="4" width="80" customWidth="true" style="1"/>
     <col min="5" max="5" width="20" customWidth="true" style="1"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -1076,875 +1022,699 @@
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5">
         <v>55</v>
       </c>
       <c r="H5" t="s">
         <v>42</v>
       </c>
       <c r="I5" t="s">
         <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G6">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="J6" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="N6" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="G7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="K7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G8">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="H8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I8" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="L8" t="s">
         <v>22</v>
       </c>
       <c r="M8" t="s">
         <v>22</v>
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G9">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G10">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H10" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I10" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="L10" t="s">
         <v>22</v>
       </c>
       <c r="M10" t="s">
         <v>22</v>
       </c>
       <c r="N10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="G12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I12" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>98</v>
+      </c>
+      <c r="K12">
+        <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="N12" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="F13" t="s">
-        <v>98</v>
+        <v>58</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="I13" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="J13" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>98</v>
       </c>
       <c r="L13" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="N13" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="F14" t="s">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="I14" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="F15" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="G15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H15" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="I15" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="L15" t="s">
         <v>22</v>
       </c>
       <c r="M15" t="s">
         <v>22</v>
       </c>
       <c r="N15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="F16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="G16">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="H16" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="I16" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="J16" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="M16" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="N16" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
-        <v>128</v>
+        <v>58</v>
       </c>
       <c r="G17">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H17" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="I17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="J17" t="s">
-        <v>131</v>
+        <v>134</v>
+      </c>
+      <c r="K17">
+        <v>2</v>
       </c>
       <c r="L17" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="M17" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="N17" t="s">
-        <v>22</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G18">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="H18" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="I18" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="J18" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>145</v>
       </c>
       <c r="L18" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="M18" t="s">
-        <v>139</v>
+        <v>22</v>
       </c>
       <c r="N18" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>82</v>
+        <v>148</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>149</v>
       </c>
       <c r="G19">
         <v>2</v>
       </c>
       <c r="H19" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="I19" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="J19" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>152</v>
       </c>
       <c r="L19" t="s">
-        <v>145</v>
+        <v>22</v>
       </c>
       <c r="M19" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="N19" t="s">
-        <v>147</v>
-[...169 lines deleted...]
-        <v>170</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">