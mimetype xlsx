--- v1 (2025-12-11)
+++ v2 (2026-01-29)
@@ -122,192 +122,192 @@
   <si>
     <t>24.792.181,64</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>83.048.021,38</t>
   </si>
   <si>
     <t>47.324.317,36</t>
   </si>
   <si>
     <t>9.118.808,33</t>
   </si>
   <si>
-    <t>19.022.640,43</t>
-[...5 lines deleted...]
-    <t>1.832.933,43</t>
+    <t>20.503.878,34</t>
+  </si>
+  <si>
+    <t>11.201.442,54</t>
+  </si>
+  <si>
+    <t>1.976.725,17</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>642.231.782,57</t>
   </si>
   <si>
     <t>265.664.722,07</t>
   </si>
   <si>
     <t>46.882.009,77</t>
   </si>
   <si>
-    <t>270.030.266,11</t>
-[...5 lines deleted...]
-    <t>20.378.032,06</t>
+    <t>295.098.504,86</t>
+  </si>
+  <si>
+    <t>127.857.265,34</t>
+  </si>
+  <si>
+    <t>22.563.046,84</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>81.039.925,54</t>
-[...5 lines deleted...]
-    <t>10.074.034,36</t>
+    <t>85.052.573,23</t>
+  </si>
+  <si>
+    <t>68.986.975,63</t>
+  </si>
+  <si>
+    <t>10.441.345,61</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>34.338.418,06</t>
   </si>
   <si>
     <t>25.850.969,42</t>
   </si>
   <si>
     <t>3.953.677,95</t>
   </si>
   <si>
-    <t>16.896.375,07</t>
-[...5 lines deleted...]
-    <t>1.904.908,07</t>
+    <t>28.669.083,74</t>
+  </si>
+  <si>
+    <t>21.666.352,14</t>
+  </si>
+  <si>
+    <t>3.313.677,84</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>97.415.714,78</t>
   </si>
   <si>
     <t>68.665.197,49</t>
   </si>
   <si>
     <t>8.610.811,65</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>6.219.849,16</t>
   </si>
   <si>
     <t>5.074.228,47</t>
   </si>
   <si>
     <t>776.058,46</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>185.196.847,39</t>
-[...5 lines deleted...]
-    <t>21.771.379,91</t>
+    <t>253.543.871,03</t>
+  </si>
+  <si>
+    <t>197.577.589,37</t>
+  </si>
+  <si>
+    <t>27.846.688,35</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>30.100.773,92</t>
   </si>
   <si>
     <t>25.408.773,80</t>
   </si>
   <si>
     <t>3.886.047,74</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>147.730.687,15</t>
   </si>
   <si>
     <t>25.311.060,67</t>
   </si>
   <si>
     <t>9.538.807,84</t>
   </si>
   <si>
     <t>9.944.376,17</t>
   </si>
   <si>
     <t>PRSM/433/PRSM_P5/OP4/RSO4.2/PRSM_A23 - etapizate</t>
   </si>
   <si>
     <t>10.909.637,93</t>
   </si>
   <si>
     <t>3.226.181,10</t>
   </si>
   <si>
     <t>3.363.350,98</t>
   </si>
   <si>
-    <t>10.974.517,66</t>
+    <t>11.064.143,22</t>
   </si>
   <si>
     <t>3.211.792,86</t>
   </si>
   <si>
     <t>3.348.351,59</t>
   </si>
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>28.457.232,80</t>
   </si>
@@ -1022,127 +1022,127 @@
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5">
         <v>55</v>
       </c>
       <c r="H5" t="s">
         <v>42</v>
       </c>
       <c r="I5" t="s">
         <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
       <c r="I6" t="s">
         <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>55</v>
       </c>
       <c r="L6" t="s">
         <v>22</v>
       </c>
       <c r="M6" t="s">
         <v>22</v>
       </c>
       <c r="N6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
@@ -1151,51 +1151,51 @@
       <c r="C7" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>58</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
         <v>59</v>
       </c>
       <c r="I7" t="s">
         <v>60</v>
       </c>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E8" s="1" t="s">
@@ -1268,51 +1268,51 @@
       </c>
       <c r="N9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>79</v>
       </c>
       <c r="F10" t="s">
         <v>80</v>
       </c>
       <c r="G10">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
         <v>81</v>
       </c>
       <c r="I10" t="s">
         <v>82</v>
       </c>
       <c r="J10" t="s">
         <v>83</v>
       </c>
       <c r="L10" t="s">
         <v>22</v>
       </c>
       <c r="M10" t="s">
         <v>22</v>
       </c>
       <c r="N10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">