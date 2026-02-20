--- v2 (2026-01-29)
+++ v3 (2026-02-20)
@@ -173,57 +173,57 @@
   <si>
     <t>295.098.504,86</t>
   </si>
   <si>
     <t>127.857.265,34</t>
   </si>
   <si>
     <t>22.563.046,84</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>85.052.573,23</t>
-[...5 lines deleted...]
-    <t>10.441.345,61</t>
+    <t>108.483.211,60</t>
+  </si>
+  <si>
+    <t>86.652.328,33</t>
+  </si>
+  <si>
+    <t>13.143.105,45</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>34.338.418,06</t>
   </si>
   <si>
     <t>25.850.969,42</t>
   </si>
   <si>
     <t>3.953.677,95</t>
   </si>
   <si>
     <t>28.669.083,74</t>
   </si>
   <si>
     <t>21.666.352,14</t>
   </si>
@@ -1098,51 +1098,51 @@
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
       <c r="I6" t="s">
         <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>55</v>
       </c>
       <c r="L6" t="s">
         <v>22</v>
       </c>
       <c r="M6" t="s">
         <v>22</v>
       </c>
       <c r="N6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">