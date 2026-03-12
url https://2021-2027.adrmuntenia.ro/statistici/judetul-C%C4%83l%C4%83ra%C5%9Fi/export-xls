--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -122,57 +122,57 @@
   <si>
     <t>24.792.181,64</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>83.048.021,38</t>
   </si>
   <si>
     <t>47.324.317,36</t>
   </si>
   <si>
     <t>9.118.808,33</t>
   </si>
   <si>
-    <t>20.503.878,34</t>
-[...5 lines deleted...]
-    <t>1.976.725,17</t>
+    <t>22.051.233,54</t>
+  </si>
+  <si>
+    <t>12.226.015,48</t>
+  </si>
+  <si>
+    <t>2.157.532,16</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>642.231.782,57</t>
   </si>
   <si>
     <t>265.664.722,07</t>
   </si>
   <si>
     <t>46.882.009,77</t>
   </si>
   <si>
     <t>295.098.504,86</t>
   </si>
   <si>
     <t>127.857.265,34</t>
   </si>
@@ -180,50 +180,59 @@
     <t>22.563.046,84</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>108.483.211,60</t>
   </si>
   <si>
     <t>86.652.328,33</t>
   </si>
   <si>
     <t>13.143.105,45</t>
+  </si>
+  <si>
+    <t>2.230.239,17</t>
+  </si>
+  <si>
+    <t>1.590.094,46</t>
+  </si>
+  <si>
+    <t>243.190,93</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>34.338.418,06</t>
   </si>
   <si>
     <t>25.850.969,42</t>
   </si>
   <si>
     <t>3.953.677,95</t>
   </si>
   <si>
     <t>28.669.083,74</t>
   </si>
   <si>
     <t>21.666.352,14</t>
   </si>
@@ -1022,51 +1031,51 @@
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -1109,603 +1118,606 @@
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6">
         <v>12</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
       <c r="I6" t="s">
         <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>55</v>
       </c>
+      <c r="K6">
+        <v>1</v>
+      </c>
       <c r="L6" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="I7" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G8">
         <v>11</v>
       </c>
       <c r="H8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I8" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="L8" t="s">
         <v>22</v>
       </c>
       <c r="M8" t="s">
         <v>22</v>
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F9" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="G10">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="I10" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="L10" t="s">
         <v>22</v>
       </c>
       <c r="M10" t="s">
         <v>22</v>
       </c>
       <c r="N10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="I12" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F13" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="I13" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="L13" t="s">
         <v>22</v>
       </c>
       <c r="M13" t="s">
         <v>22</v>
       </c>
       <c r="N13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F14" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="I14" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="J14" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="G15">
         <v>6</v>
       </c>
       <c r="H15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="I15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="L15" t="s">
         <v>22</v>
       </c>
       <c r="M15" t="s">
         <v>22</v>
       </c>
       <c r="N15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F16" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G16">
         <v>17</v>
       </c>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J16" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F17" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I17" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J17" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="F18" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I18" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="J18" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="L18" t="s">
         <v>22</v>
       </c>
       <c r="M18" t="s">
         <v>22</v>
       </c>
       <c r="N18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F19" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="G19">
         <v>2</v>
       </c>
       <c r="H19" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I19" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="J19" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="L19" t="s">
         <v>22</v>
       </c>
       <c r="M19" t="s">
         <v>22</v>
       </c>
       <c r="N19" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>