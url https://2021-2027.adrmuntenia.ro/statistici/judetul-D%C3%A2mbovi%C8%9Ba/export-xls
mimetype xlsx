--- v0 (2025-10-20)
+++ v1 (2025-11-18)
@@ -104,84 +104,84 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>206.150.916,39</t>
   </si>
   <si>
     <t>120.416.149,17</t>
   </si>
   <si>
     <t>21.249.908,70</t>
   </si>
   <si>
-    <t>62.010.798,21</t>
-[...5 lines deleted...]
-    <t>6.161.293,57</t>
+    <t>64.181.444,11</t>
+  </si>
+  <si>
+    <t>36.192.636,62</t>
+  </si>
+  <si>
+    <t>6.386.935,86</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.104.160.402,81</t>
   </si>
   <si>
     <t>440.037.630,16</t>
   </si>
   <si>
     <t>77.653.699,43</t>
   </si>
   <si>
-    <t>415.695.244,69</t>
-[...5 lines deleted...]
-    <t>28.205.369,72</t>
+    <t>488.541.660,28</t>
+  </si>
+  <si>
+    <t>188.772.333,75</t>
+  </si>
+  <si>
+    <t>33.312.764,78</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>135.119.594,59</t>
   </si>
   <si>
     <t>66.427.905,82</t>
   </si>
   <si>
     <t>10.159.562,09</t>
   </si>
@@ -347,51 +347,51 @@
   <si>
     <t>PRSM/438/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>25.028.208,63</t>
   </si>
   <si>
     <t>13.104.667,80</t>
   </si>
   <si>
     <t>2.004.243,31</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>702.541.029,18</t>
   </si>
   <si>
     <t>550.178.091,17</t>
   </si>
   <si>
     <t>84.274.172,15</t>
   </si>
   <si>
     <t>313.113.260,75</t>
   </si>
   <si>
     <t>264.736.055,42</t>
   </si>
   <si>
     <t>40.489.043,77</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>7.703.088,22</t>
   </si>
@@ -1149,95 +1149,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>168</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>91</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">