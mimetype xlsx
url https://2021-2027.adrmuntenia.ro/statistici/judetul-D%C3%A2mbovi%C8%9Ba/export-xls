--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -104,144 +104,144 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>206.150.916,39</t>
   </si>
   <si>
     <t>120.416.149,17</t>
   </si>
   <si>
     <t>21.249.908,70</t>
   </si>
   <si>
-    <t>64.181.444,11</t>
-[...5 lines deleted...]
-    <t>6.386.935,86</t>
+    <t>67.214.336,88</t>
+  </si>
+  <si>
+    <t>37.832.247,45</t>
+  </si>
+  <si>
+    <t>6.676.278,95</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.104.160.402,81</t>
   </si>
   <si>
     <t>440.037.630,16</t>
   </si>
   <si>
     <t>77.653.699,43</t>
   </si>
   <si>
-    <t>488.541.660,28</t>
-[...5 lines deleted...]
-    <t>33.312.764,78</t>
+    <t>594.376.992,93</t>
+  </si>
+  <si>
+    <t>226.951.467,25</t>
+  </si>
+  <si>
+    <t>40.050.258,94</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>135.119.594,59</t>
-[...5 lines deleted...]
-    <t>10.159.562,09</t>
+    <t>137.915.383,90</t>
+  </si>
+  <si>
+    <t>68.449.778,68</t>
+  </si>
+  <si>
+    <t>10.468.789,69</t>
   </si>
   <si>
     <t>21.601.923,40</t>
   </si>
   <si>
     <t>14.773.817,32</t>
   </si>
   <si>
     <t>2.259.525,01</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>153.825.652,49</t>
   </si>
   <si>
     <t>125.749.748,99</t>
   </si>
   <si>
     <t>19.232.314,63</t>
   </si>
   <si>
-    <t>86.612.574,74</t>
-[...5 lines deleted...]
-    <t>10.405.828,26</t>
+    <t>96.546.941,54</t>
+  </si>
+  <si>
+    <t>76.482.319,30</t>
+  </si>
+  <si>
+    <t>11.697.295,95</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>111.226.989,54</t>
   </si>
   <si>
     <t>75.281.561,49</t>
   </si>
   <si>
     <t>10.237.588,07</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
@@ -251,69 +251,69 @@
   <si>
     <t>22.732.023,28</t>
   </si>
   <si>
     <t>15.443.835,96</t>
   </si>
   <si>
     <t>2.361.998,43</t>
   </si>
   <si>
     <t>15.236.820,60</t>
   </si>
   <si>
     <t>2.330.337,26</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...17 lines deleted...]
-    <t>3.233.554,98</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>421.210.188,51</t>
+  </si>
+  <si>
+    <t>297.935.165,64</t>
+  </si>
+  <si>
+    <t>45.566.554,74</t>
+  </si>
+  <si>
+    <t>62.938.313,10</t>
+  </si>
+  <si>
+    <t>42.002.580,54</t>
+  </si>
+  <si>
+    <t>6.423.924,06</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>90.590.348,49</t>
   </si>
   <si>
     <t>76.129.276,32</t>
   </si>
   <si>
     <t>11.643.301,07</t>
   </si>
@@ -593,57 +593,57 @@
   <si>
     <t>17.256.791,15</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>175.948.515,88</t>
   </si>
   <si>
     <t>126.663.711,21</t>
   </si>
   <si>
     <t>19.372.097,02</t>
   </si>
   <si>
-    <t>30.644.196,85</t>
-[...5 lines deleted...]
-    <t>3.235.634,99</t>
+    <t>59.278.292,36</t>
+  </si>
+  <si>
+    <t>42.664.919,96</t>
+  </si>
+  <si>
+    <t>6.525.223,04</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>7.630.852,49</t>
   </si>
   <si>
     <t>3.693.080,36</t>
   </si>
   <si>
     <t>564.824,04</t>
   </si>
   <si>
     <t>7.683.978,09</t>
   </si>
   <si>
     <t>3.774.049,75</t>
   </si>
   <si>
     <t>577.207,59</t>
   </si>
@@ -1149,127 +1149,127 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>168</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>91</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
@@ -1281,51 +1281,51 @@
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>55</v>
       </c>
       <c r="G6">
         <v>11</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="K6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L6" t="s">
         <v>59</v>
       </c>
       <c r="M6" t="s">
         <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E7" s="1" t="s">
@@ -1398,63 +1398,63 @@
       </c>
       <c r="N8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>79</v>
       </c>
       <c r="G9">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H9" t="s">
         <v>80</v>
       </c>
       <c r="I9" t="s">
         <v>81</v>
       </c>
       <c r="J9" t="s">
         <v>82</v>
       </c>
       <c r="K9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L9" t="s">
         <v>83</v>
       </c>
       <c r="M9" t="s">
         <v>84</v>
       </c>
       <c r="N9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>88</v>
       </c>
       <c r="E10" s="1" t="s">
@@ -2014,51 +2014,51 @@
       <c r="C23" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>188</v>
       </c>
       <c r="F23" t="s">
         <v>189</v>
       </c>
       <c r="G23">
         <v>7</v>
       </c>
       <c r="H23" t="s">
         <v>190</v>
       </c>
       <c r="I23" t="s">
         <v>191</v>
       </c>
       <c r="J23" t="s">
         <v>192</v>
       </c>
       <c r="K23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L23" t="s">
         <v>193</v>
       </c>
       <c r="M23" t="s">
         <v>194</v>
       </c>
       <c r="N23" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>172</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>196</v>
       </c>
       <c r="E24" s="1" t="s">