--- v2 (2025-12-10)
+++ v3 (2026-01-07)
@@ -131,90 +131,90 @@
   <si>
     <t>37.832.247,45</t>
   </si>
   <si>
     <t>6.676.278,95</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.104.160.402,81</t>
   </si>
   <si>
     <t>440.037.630,16</t>
   </si>
   <si>
     <t>77.653.699,43</t>
   </si>
   <si>
-    <t>594.376.992,93</t>
-[...5 lines deleted...]
-    <t>40.050.258,94</t>
+    <t>654.575.048,92</t>
+  </si>
+  <si>
+    <t>251.215.901,21</t>
+  </si>
+  <si>
+    <t>44.332.217,89</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>137.915.383,90</t>
-[...14 lines deleted...]
-    <t>2.259.525,01</t>
+    <t>169.960.756,92</t>
+  </si>
+  <si>
+    <t>86.762.305,29</t>
+  </si>
+  <si>
+    <t>13.269.529,05</t>
+  </si>
+  <si>
+    <t>135.714.230,62</t>
+  </si>
+  <si>
+    <t>64.838.309,23</t>
+  </si>
+  <si>
+    <t>9.916.452,66</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>153.825.652,49</t>
   </si>
   <si>
     <t>125.749.748,99</t>
   </si>
   <si>
     <t>19.232.314,63</t>
   </si>
   <si>
     <t>96.546.941,54</t>
   </si>
   <si>
     <t>76.482.319,30</t>
   </si>
@@ -254,57 +254,57 @@
   <si>
     <t>15.443.835,96</t>
   </si>
   <si>
     <t>2.361.998,43</t>
   </si>
   <si>
     <t>15.236.820,60</t>
   </si>
   <si>
     <t>2.330.337,26</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>421.210.188,51</t>
-[...5 lines deleted...]
-    <t>45.566.554,74</t>
+    <t>487.360.739,25</t>
+  </si>
+  <si>
+    <t>340.220.036,86</t>
+  </si>
+  <si>
+    <t>52.033.652,68</t>
   </si>
   <si>
     <t>62.938.313,10</t>
   </si>
   <si>
     <t>42.002.580,54</t>
   </si>
   <si>
     <t>6.423.924,06</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
@@ -1193,95 +1193,95 @@
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>91</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -1398,51 +1398,51 @@
       </c>
       <c r="N8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>79</v>
       </c>
       <c r="G9">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H9" t="s">
         <v>80</v>
       </c>
       <c r="I9" t="s">
         <v>81</v>
       </c>
       <c r="J9" t="s">
         <v>82</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9" t="s">
         <v>83</v>
       </c>
       <c r="M9" t="s">
         <v>84</v>
       </c>
       <c r="N9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">