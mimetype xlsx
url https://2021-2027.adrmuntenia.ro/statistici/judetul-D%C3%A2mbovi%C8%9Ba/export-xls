--- v3 (2026-01-07)
+++ v4 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -155,57 +155,57 @@
   <si>
     <t>654.575.048,92</t>
   </si>
   <si>
     <t>251.215.901,21</t>
   </si>
   <si>
     <t>44.332.217,89</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>169.960.756,92</t>
-[...5 lines deleted...]
-    <t>13.269.529,05</t>
+    <t>170.555.392,95</t>
+  </si>
+  <si>
+    <t>86.732.604,83</t>
+  </si>
+  <si>
+    <t>13.264.991,98</t>
   </si>
   <si>
     <t>135.714.230,62</t>
   </si>
   <si>
     <t>64.838.309,23</t>
   </si>
   <si>
     <t>9.916.452,66</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>153.825.652,49</t>
   </si>
   <si>
     <t>125.749.748,99</t>
   </si>
@@ -236,75 +236,78 @@
   <si>
     <t>75.281.561,49</t>
   </si>
   <si>
     <t>10.237.588,07</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>22.732.023,28</t>
   </si>
   <si>
     <t>15.443.835,96</t>
   </si>
   <si>
     <t>2.361.998,43</t>
   </si>
   <si>
+    <t>27.225.490,66</t>
+  </si>
+  <si>
     <t>15.236.820,60</t>
   </si>
   <si>
     <t>2.330.337,26</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>487.360.739,25</t>
-[...5 lines deleted...]
-    <t>52.033.652,68</t>
+    <t>498.120.513,88</t>
+  </si>
+  <si>
+    <t>346.347.825,17</t>
+  </si>
+  <si>
+    <t>52.970.843,83</t>
   </si>
   <si>
     <t>62.938.313,10</t>
   </si>
   <si>
     <t>42.002.580,54</t>
   </si>
   <si>
     <t>6.423.924,06</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
@@ -380,192 +383,192 @@
   <si>
     <t>84.274.172,15</t>
   </si>
   <si>
     <t>313.113.260,75</t>
   </si>
   <si>
     <t>264.736.055,42</t>
   </si>
   <si>
     <t>40.489.043,77</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>7.703.088,22</t>
   </si>
   <si>
     <t>1.995.190,59</t>
   </si>
   <si>
     <t>305.146,80</t>
   </si>
   <si>
-    <t>7.271.024,91</t>
+    <t>4.321.635,37</t>
   </si>
   <si>
     <t>2.377.557,73</t>
   </si>
   <si>
-    <t>363.626,47</t>
+    <t>363.626,46</t>
   </si>
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>128.869.155,28</t>
   </si>
   <si>
     <t>50.208.382,90</t>
   </si>
   <si>
     <t>52.343.128,11</t>
   </si>
   <si>
     <t>32.308.925,66</t>
   </si>
   <si>
     <t>9.308.574,22</t>
   </si>
   <si>
     <t>9.704.353,54</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>14.105.974,25</t>
   </si>
   <si>
     <t>5.664.211,44</t>
   </si>
   <si>
     <t>5.905.040,77</t>
   </si>
   <si>
-    <t>11.623.563,68</t>
+    <t>12.817.336,85</t>
   </si>
   <si>
     <t>4.674.607,30</t>
   </si>
   <si>
     <t>4.873.360,95</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
   </si>
   <si>
     <t>19.06.2024</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>608.854.347,06</t>
   </si>
   <si>
     <t>253.219.212,87</t>
   </si>
   <si>
     <t>263.875.882,31</t>
   </si>
   <si>
     <t>PRSM/433/PRSM_P5/OP4/RSO4.2/PRSM_A23 - etapizate</t>
   </si>
   <si>
     <t>99.194.114,81</t>
   </si>
   <si>
     <t>24.575.205,27</t>
   </si>
   <si>
     <t>25.620.086,86</t>
   </si>
   <si>
-    <t>99.178.528,79</t>
+    <t>110.312.791,54</t>
   </si>
   <si>
     <t>24.567.727,09</t>
   </si>
   <si>
     <t>25.612.290,74</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>73.921.549,21</t>
   </si>
   <si>
     <t>28.612.240,79</t>
   </si>
   <si>
     <t>29.828.767,92</t>
   </si>
   <si>
     <t>28.443.691,27</t>
   </si>
   <si>
     <t>29.652.439,86</t>
   </si>
   <si>
     <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - etapizate</t>
   </si>
   <si>
     <t>15.125.292,96</t>
   </si>
   <si>
     <t>6.369.231,63</t>
   </si>
   <si>
     <t>6.640.036,81</t>
   </si>
   <si>
-    <t>16.193.042,48</t>
+    <t>16.776.631,80</t>
   </si>
   <si>
     <t>6.881.537,86</t>
   </si>
   <si>
     <t>7.174.125,11</t>
   </si>
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/385/PRSM_P6/OP5/RSO5.1/PRSM_A32</t>
   </si>
   <si>
     <t>09.07.2024</t>
   </si>
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>42.037.039,32</t>
   </si>
@@ -617,51 +620,51 @@
   <si>
     <t>59.278.292,36</t>
   </si>
   <si>
     <t>42.664.919,96</t>
   </si>
   <si>
     <t>6.525.223,04</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>7.630.852,49</t>
   </si>
   <si>
     <t>3.693.080,36</t>
   </si>
   <si>
     <t>564.824,04</t>
   </si>
   <si>
-    <t>7.683.978,09</t>
+    <t>9.715.190,04</t>
   </si>
   <si>
     <t>3.774.049,75</t>
   </si>
   <si>
     <t>577.207,59</t>
   </si>
   <si>
     <t>PRSM/380/PRSM_P6/OP5/RSO5.2/PRSM_A40</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>54.342.602,97</t>
   </si>
   <si>
     <t>45.647.589,69</t>
   </si>
   <si>
     <t>7.607.800,73</t>
   </si>
 </sst>
 </file>
 
@@ -1369,781 +1372,781 @@
       <c r="D8" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F8" t="s">
         <v>70</v>
       </c>
       <c r="G8">
         <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
         <v>72</v>
       </c>
       <c r="J8" t="s">
         <v>73</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G9">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G11">
         <v>4</v>
       </c>
       <c r="H11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L11" t="s">
         <v>22</v>
       </c>
       <c r="M11" t="s">
         <v>22</v>
       </c>
       <c r="N11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F12" t="s">
         <v>55</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G15">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
       <c r="L15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G17">
         <v>32</v>
       </c>
       <c r="H17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L17" t="s">
         <v>22</v>
       </c>
       <c r="M17" t="s">
         <v>22</v>
       </c>
       <c r="N17" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F18" t="s">
         <v>55</v>
       </c>
       <c r="G18">
         <v>7</v>
       </c>
       <c r="H18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K18">
         <v>7</v>
       </c>
       <c r="L18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N18" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N19" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G20">
         <v>2</v>
       </c>
       <c r="H20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N20" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F21" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I21" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J21" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L21" t="s">
         <v>22</v>
       </c>
       <c r="M21" t="s">
         <v>22</v>
       </c>
       <c r="N21" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G22">
         <v>5</v>
       </c>
       <c r="H22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I22" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J22" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L22" t="s">
         <v>22</v>
       </c>
       <c r="M22" t="s">
         <v>22</v>
       </c>
       <c r="N22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F23" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G23">
         <v>7</v>
       </c>
       <c r="H23" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I23" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J23" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M23" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N23" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I24" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J24" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K24">
         <v>5</v>
       </c>
       <c r="L24" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M24" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N24" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F25" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G25">
         <v>3</v>
       </c>
       <c r="H25" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I25" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J25" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="L25" t="s">
         <v>22</v>
       </c>
       <c r="M25" t="s">
         <v>22</v>
       </c>
       <c r="N25" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>