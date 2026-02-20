--- v4 (2026-01-29)
+++ v5 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -104,57 +104,57 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>206.150.916,39</t>
   </si>
   <si>
     <t>120.416.149,17</t>
   </si>
   <si>
     <t>21.249.908,70</t>
   </si>
   <si>
-    <t>67.214.336,88</t>
-[...5 lines deleted...]
-    <t>6.676.278,95</t>
+    <t>65.561.248,45</t>
+  </si>
+  <si>
+    <t>37.037.905,20</t>
+  </si>
+  <si>
+    <t>6.536.100,90</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.104.160.402,81</t>
   </si>
   <si>
     <t>440.037.630,16</t>
   </si>
   <si>
     <t>77.653.699,43</t>
   </si>
   <si>
     <t>654.575.048,92</t>
   </si>
   <si>
     <t>251.215.901,21</t>
   </si>
@@ -416,57 +416,57 @@
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>128.869.155,28</t>
   </si>
   <si>
     <t>50.208.382,90</t>
   </si>
   <si>
     <t>52.343.128,11</t>
   </si>
   <si>
-    <t>32.308.925,66</t>
-[...5 lines deleted...]
-    <t>9.704.353,54</t>
+    <t>37.491.830,86</t>
+  </si>
+  <si>
+    <t>11.580.127,37</t>
+  </si>
+  <si>
+    <t>12.072.487,94</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>14.105.974,25</t>
   </si>
   <si>
     <t>5.664.211,44</t>
   </si>
   <si>
     <t>5.905.040,77</t>
   </si>
   <si>
     <t>12.817.336,85</t>
   </si>
   <si>
     <t>4.674.607,30</t>
   </si>
   <si>
     <t>4.873.360,95</t>
   </si>
@@ -555,50 +555,56 @@
     <t>7.174.125,11</t>
   </si>
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/385/PRSM_P6/OP5/RSO5.1/PRSM_A32</t>
   </si>
   <si>
     <t>09.07.2024</t>
   </si>
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>42.037.039,32</t>
   </si>
   <si>
     <t>29.291.767,28</t>
   </si>
   <si>
     <t>4.479.917,33</t>
+  </si>
+  <si>
+    <t>42.711.589,05</t>
+  </si>
+  <si>
+    <t>4.479.916,59</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>146.113.958,75</t>
   </si>
   <si>
     <t>109.504.145,48</t>
   </si>
   <si>
     <t>17.256.791,15</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
@@ -1152,51 +1158,51 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>168</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
@@ -1674,51 +1680,51 @@
       <c r="C15" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>128</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>129</v>
       </c>
       <c r="F15" t="s">
         <v>130</v>
       </c>
       <c r="G15">
         <v>13</v>
       </c>
       <c r="H15" t="s">
         <v>131</v>
       </c>
       <c r="I15" t="s">
         <v>132</v>
       </c>
       <c r="J15" t="s">
         <v>133</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15" t="s">
         <v>134</v>
       </c>
       <c r="M15" t="s">
         <v>135</v>
       </c>
       <c r="N15" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>126</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E16" s="1" t="s">
@@ -1934,219 +1940,222 @@
       </c>
       <c r="C21" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>176</v>
       </c>
       <c r="F21" t="s">
         <v>177</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
         <v>178</v>
       </c>
       <c r="I21" t="s">
         <v>179</v>
       </c>
       <c r="J21" t="s">
         <v>180</v>
       </c>
+      <c r="K21">
+        <v>1</v>
+      </c>
       <c r="L21" t="s">
-        <v>22</v>
+        <v>181</v>
       </c>
       <c r="M21" t="s">
-        <v>22</v>
+        <v>179</v>
       </c>
       <c r="N21" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>173</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F22" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G22">
         <v>5</v>
       </c>
       <c r="H22" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="L22" t="s">
         <v>22</v>
       </c>
       <c r="M22" t="s">
         <v>22</v>
       </c>
       <c r="N22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>173</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F23" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G23">
         <v>7</v>
       </c>
       <c r="H23" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I23" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J23" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M23" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="N23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>173</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="F24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="I24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J24" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="K24">
         <v>5</v>
       </c>
       <c r="L24" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M24" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="N24" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>173</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F25" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G25">
         <v>3</v>
       </c>
       <c r="H25" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="I25" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J25" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="L25" t="s">
         <v>22</v>
       </c>
       <c r="M25" t="s">
         <v>22</v>
       </c>
       <c r="N25" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>