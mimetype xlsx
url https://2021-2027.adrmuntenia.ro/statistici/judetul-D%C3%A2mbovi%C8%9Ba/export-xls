--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -104,57 +104,57 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>206.150.916,39</t>
   </si>
   <si>
     <t>120.416.149,17</t>
   </si>
   <si>
     <t>21.249.908,70</t>
   </si>
   <si>
-    <t>65.561.248,45</t>
-[...5 lines deleted...]
-    <t>6.536.100,90</t>
+    <t>69.082.949,82</t>
+  </si>
+  <si>
+    <t>38.948.598,87</t>
+  </si>
+  <si>
+    <t>6.873.282,13</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.104.160.402,81</t>
   </si>
   <si>
     <t>440.037.630,16</t>
   </si>
   <si>
     <t>77.653.699,43</t>
   </si>
   <si>
     <t>654.575.048,92</t>
   </si>
   <si>
     <t>251.215.901,21</t>
   </si>
@@ -164,123 +164,132 @@
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>170.555.392,95</t>
   </si>
   <si>
     <t>86.732.604,83</t>
   </si>
   <si>
     <t>13.264.991,98</t>
   </si>
   <si>
-    <t>135.714.230,62</t>
-[...5 lines deleted...]
-    <t>9.916.452,66</t>
+    <t>167.759.603,64</t>
+  </si>
+  <si>
+    <t>83.150.835,83</t>
+  </si>
+  <si>
+    <t>12.717.192,03</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>153.825.652,49</t>
   </si>
   <si>
     <t>125.749.748,99</t>
   </si>
   <si>
     <t>19.232.314,63</t>
   </si>
   <si>
     <t>96.546.941,54</t>
   </si>
   <si>
     <t>76.482.319,30</t>
   </si>
   <si>
     <t>11.697.295,95</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>111.226.989,54</t>
   </si>
   <si>
     <t>75.281.561,49</t>
   </si>
   <si>
     <t>10.237.588,07</t>
   </si>
   <si>
+    <t>35.893.658,75</t>
+  </si>
+  <si>
+    <t>18.936.858,72</t>
+  </si>
+  <si>
+    <t>2.896.225,45</t>
+  </si>
+  <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>22.732.023,28</t>
   </si>
   <si>
     <t>15.443.835,96</t>
   </si>
   <si>
     <t>2.361.998,43</t>
   </si>
   <si>
-    <t>27.225.490,66</t>
+    <t>28.775.821,15</t>
   </si>
   <si>
     <t>15.236.820,60</t>
   </si>
   <si>
     <t>2.330.337,26</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
     <t>498.120.513,88</t>
   </si>
   <si>
     <t>346.347.825,17</t>
   </si>
@@ -440,90 +449,90 @@
   <si>
     <t>37.491.830,86</t>
   </si>
   <si>
     <t>11.580.127,37</t>
   </si>
   <si>
     <t>12.072.487,94</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>14.105.974,25</t>
   </si>
   <si>
     <t>5.664.211,44</t>
   </si>
   <si>
     <t>5.905.040,77</t>
   </si>
   <si>
-    <t>12.817.336,85</t>
+    <t>15.043.374,52</t>
   </si>
   <si>
     <t>4.674.607,30</t>
   </si>
   <si>
     <t>4.873.360,95</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
   </si>
   <si>
     <t>19.06.2024</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>608.854.347,06</t>
   </si>
   <si>
     <t>253.219.212,87</t>
   </si>
   <si>
     <t>263.875.882,31</t>
   </si>
   <si>
     <t>PRSM/433/PRSM_P5/OP4/RSO4.2/PRSM_A23 - etapizate</t>
   </si>
   <si>
     <t>99.194.114,81</t>
   </si>
   <si>
     <t>24.575.205,27</t>
   </si>
   <si>
     <t>25.620.086,86</t>
   </si>
   <si>
-    <t>110.312.791,54</t>
+    <t>110.809.891,22</t>
   </si>
   <si>
     <t>24.567.727,09</t>
   </si>
   <si>
     <t>25.612.290,74</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>73.921.549,21</t>
   </si>
   <si>
     <t>28.612.240,79</t>
   </si>
   <si>
     <t>29.828.767,92</t>
   </si>
@@ -626,51 +635,51 @@
   <si>
     <t>59.278.292,36</t>
   </si>
   <si>
     <t>42.664.919,96</t>
   </si>
   <si>
     <t>6.525.223,04</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>7.630.852,49</t>
   </si>
   <si>
     <t>3.693.080,36</t>
   </si>
   <si>
     <t>564.824,04</t>
   </si>
   <si>
-    <t>9.715.190,04</t>
+    <t>10.814.077,99</t>
   </si>
   <si>
     <t>3.774.049,75</t>
   </si>
   <si>
     <t>577.207,59</t>
   </si>
   <si>
     <t>PRSM/380/PRSM_P6/OP5/RSO5.2/PRSM_A40</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>54.342.602,97</t>
   </si>
   <si>
     <t>45.647.589,69</t>
   </si>
   <si>
     <t>7.607.800,73</t>
   </si>
 </sst>
 </file>
 
@@ -1158,51 +1167,51 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>168</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
@@ -1246,51 +1255,51 @@
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -1333,829 +1342,832 @@
       </c>
       <c r="C7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F7" t="s">
         <v>64</v>
       </c>
       <c r="G7">
         <v>10</v>
       </c>
       <c r="H7" t="s">
         <v>65</v>
       </c>
       <c r="I7" t="s">
         <v>66</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
+      <c r="K7">
+        <v>2</v>
+      </c>
       <c r="L7" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G8">
         <v>3</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="G9">
         <v>19</v>
       </c>
       <c r="H9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="I9" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J10" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="M10" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="N10" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G11">
         <v>4</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I11" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J11" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="L11" t="s">
         <v>22</v>
       </c>
       <c r="M11" t="s">
         <v>22</v>
       </c>
       <c r="N11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>55</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I12" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="J12" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="M12" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="I13" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="J13" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F14" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="I14" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="M14" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G15">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="I15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="J15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="N15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F16" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="I16" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="J16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="M16" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="N16" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F17" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="G17">
         <v>32</v>
       </c>
       <c r="H17" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="I17" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="J17" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="L17" t="s">
         <v>22</v>
       </c>
       <c r="M17" t="s">
         <v>22</v>
       </c>
       <c r="N17" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F18" t="s">
         <v>55</v>
       </c>
       <c r="G18">
         <v>7</v>
       </c>
       <c r="H18" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="I18" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="J18" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="K18">
         <v>7</v>
       </c>
       <c r="L18" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="M18" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="N18" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F19" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="I19" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="J19" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="M19" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="N19" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F20" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G20">
         <v>2</v>
       </c>
       <c r="H20" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="I20" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="J20" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="M20" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="N20" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F21" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="I21" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="J21" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="M21" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="N21" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F22" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="G22">
         <v>5</v>
       </c>
       <c r="H22" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="I22" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J22" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="L22" t="s">
         <v>22</v>
       </c>
       <c r="M22" t="s">
         <v>22</v>
       </c>
       <c r="N22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F23" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="G23">
         <v>7</v>
       </c>
       <c r="H23" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="I23" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="J23" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="M23" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="N23" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="I24" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="J24" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="K24">
         <v>5</v>
       </c>
       <c r="L24" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="M24" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N24" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F25" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="G25">
         <v>3</v>
       </c>
       <c r="H25" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I25" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="J25" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="L25" t="s">
         <v>22</v>
       </c>
       <c r="M25" t="s">
         <v>22</v>
       </c>
       <c r="N25" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>