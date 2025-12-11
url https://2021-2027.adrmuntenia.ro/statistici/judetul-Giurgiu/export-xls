--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -104,129 +104,138 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>307.416.712,21</t>
   </si>
   <si>
     <t>49.169.928,31</t>
   </si>
   <si>
     <t>8.677.046,18</t>
   </si>
   <si>
-    <t>14.406.245,04</t>
-[...5 lines deleted...]
-    <t>1.396.668,92</t>
+    <t>18.547.405,81</t>
+  </si>
+  <si>
+    <t>10.306.047,15</t>
+  </si>
+  <si>
+    <t>1.818.714,21</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>374.406.333,74</t>
   </si>
   <si>
     <t>144.464.258,03</t>
   </si>
   <si>
     <t>25.493.692,60</t>
   </si>
   <si>
-    <t>83.382.276,65</t>
-[...5 lines deleted...]
-    <t>6.071.060,07</t>
+    <t>187.698.795,82</t>
+  </si>
+  <si>
+    <t>71.741.132,93</t>
+  </si>
+  <si>
+    <t>12.660.199,94</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>48.809.977,86</t>
   </si>
   <si>
     <t>31.201.527,83</t>
   </si>
   <si>
     <t>3.860.458,02</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...8 lines deleted...]
-    <t>6.231.525,82</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>75.879.815,63</t>
+  </si>
+  <si>
+    <t>61.752.935,06</t>
+  </si>
+  <si>
+    <t>9.444.272,49</t>
+  </si>
+  <si>
+    <t>26.364.116,96</t>
+  </si>
+  <si>
+    <t>20.338.631,13</t>
+  </si>
+  <si>
+    <t>3.110.614,17</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>74.347.414,04</t>
   </si>
   <si>
     <t>62.414.329,63</t>
   </si>
   <si>
     <t>9.545.720,98</t>
   </si>
@@ -248,51 +257,51 @@
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>37.019.896,50</t>
   </si>
   <si>
     <t>31.194.560,45</t>
   </si>
   <si>
     <t>4.770.932,77</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>307.066.904,18</t>
   </si>
   <si>
     <t>260.295.139,31</t>
   </si>
   <si>
     <t>39.809.844,86</t>
   </si>
   <si>
     <t>246.609.412,60</t>
   </si>
   <si>
     <t>37.716.733,70</t>
   </si>
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
@@ -858,95 +867,95 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>69</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>43</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -975,353 +984,356 @@
       </c>
       <c r="N5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>52</v>
       </c>
       <c r="F6" t="s">
         <v>53</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6" t="s">
         <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>56</v>
       </c>
+      <c r="K6">
+        <v>1</v>
+      </c>
       <c r="L6" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="L8" t="s">
         <v>22</v>
       </c>
       <c r="M8" t="s">
         <v>22</v>
       </c>
       <c r="N8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="I9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="J9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G10">
         <v>5</v>
       </c>
       <c r="H10" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I10" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="L10" t="s">
         <v>22</v>
       </c>
       <c r="M10" t="s">
         <v>22</v>
       </c>
       <c r="N10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G11">
         <v>9</v>
       </c>
       <c r="H11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="I11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="L11" t="s">
         <v>22</v>
       </c>
       <c r="M11" t="s">
         <v>22</v>
       </c>
       <c r="N11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F12" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="I12" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="L12" t="s">
         <v>22</v>
       </c>
       <c r="M12" t="s">
         <v>22</v>
       </c>
       <c r="N12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="I13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="L13" t="s">
         <v>22</v>
       </c>
       <c r="M13" t="s">
         <v>22</v>
       </c>
       <c r="N13" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>