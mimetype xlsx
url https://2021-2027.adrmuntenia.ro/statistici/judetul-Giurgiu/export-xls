--- v1 (2025-12-11)
+++ v2 (2026-01-05)
@@ -104,57 +104,57 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>307.416.712,21</t>
   </si>
   <si>
     <t>49.169.928,31</t>
   </si>
   <si>
     <t>8.677.046,18</t>
   </si>
   <si>
-    <t>18.547.405,81</t>
-[...5 lines deleted...]
-    <t>1.818.714,21</t>
+    <t>21.528.730,12</t>
+  </si>
+  <si>
+    <t>11.969.632,19</t>
+  </si>
+  <si>
+    <t>2.112.288,04</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>374.406.333,74</t>
   </si>
   <si>
     <t>144.464.258,03</t>
   </si>
   <si>
     <t>25.493.692,60</t>
   </si>
   <si>
     <t>187.698.795,82</t>
   </si>
   <si>
     <t>71.741.132,93</t>
   </si>
@@ -867,51 +867,51 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>69</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">