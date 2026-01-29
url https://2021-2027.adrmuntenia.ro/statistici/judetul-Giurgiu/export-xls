--- v2 (2026-01-05)
+++ v3 (2026-01-29)
@@ -176,57 +176,57 @@
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>48.809.977,86</t>
   </si>
   <si>
     <t>31.201.527,83</t>
   </si>
   <si>
     <t>3.860.458,02</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>75.879.815,63</t>
-[...5 lines deleted...]
-    <t>9.444.272,49</t>
+    <t>101.114.883,47</t>
+  </si>
+  <si>
+    <t>82.882.197,52</t>
+  </si>
+  <si>
+    <t>12.675.806,70</t>
   </si>
   <si>
     <t>26.364.116,96</t>
   </si>
   <si>
     <t>20.338.631,13</t>
   </si>
   <si>
     <t>3.110.614,17</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
@@ -984,51 +984,51 @@
       </c>
       <c r="N5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>52</v>
       </c>
       <c r="F6" t="s">
         <v>53</v>
       </c>
       <c r="G6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6" t="s">
         <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>56</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6" t="s">
         <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">