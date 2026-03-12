--- v3 (2026-01-29)
+++ v4 (2026-03-12)
@@ -131,57 +131,57 @@
   <si>
     <t>11.969.632,19</t>
   </si>
   <si>
     <t>2.112.288,04</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>374.406.333,74</t>
   </si>
   <si>
     <t>144.464.258,03</t>
   </si>
   <si>
     <t>25.493.692,60</t>
   </si>
   <si>
-    <t>187.698.795,82</t>
-[...5 lines deleted...]
-    <t>12.660.199,94</t>
+    <t>188.318.096,29</t>
+  </si>
+  <si>
+    <t>71.917.808,15</t>
+  </si>
+  <si>
+    <t>12.691.377,92</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>48.809.977,86</t>
   </si>
   <si>
     <t>31.201.527,83</t>
   </si>
   <si>
     <t>3.860.458,02</t>
   </si>