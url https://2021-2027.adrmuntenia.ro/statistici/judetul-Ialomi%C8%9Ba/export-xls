--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -104,57 +104,57 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>98.921.762,45</t>
   </si>
   <si>
     <t>34.844.016,31</t>
   </si>
   <si>
     <t>6.148.944,06</t>
   </si>
   <si>
-    <t>11.465.142,84</t>
-[...5 lines deleted...]
-    <t>1.231.742,62</t>
+    <t>12.284.048,39</t>
+  </si>
+  <si>
+    <t>7.365.832,45</t>
+  </si>
+  <si>
+    <t>1.299.852,78</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>223.403.957,08</t>
   </si>
   <si>
     <t>110.267.182,14</t>
   </si>
   <si>
     <t>19.458.914,52</t>
   </si>
   <si>
     <t>84.951.528,18</t>
   </si>
   <si>
     <t>39.413.670,26</t>
   </si>
@@ -164,57 +164,57 @@
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>275.534.812,72</t>
   </si>
   <si>
     <t>173.606.039,75</t>
   </si>
   <si>
     <t>26.551.494,65</t>
   </si>
   <si>
-    <t>140.162.627,45</t>
-[...5 lines deleted...]
-    <t>10.938.221,46</t>
+    <t>197.584.856,54</t>
+  </si>
+  <si>
+    <t>113.212.919,64</t>
+  </si>
+  <si>
+    <t>17.314.916,97</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>137.410.025,68</t>
   </si>
   <si>
     <t>95.520.248,76</t>
   </si>
   <si>
     <t>11.411.751,01</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
@@ -254,51 +254,51 @@
   <si>
     <t>4.249.363,16</t>
   </si>
   <si>
     <t>649.902,66</t>
   </si>
   <si>
     <t>4.659.472,32</t>
   </si>
   <si>
     <t>712.625,23</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>273.486.778,79</t>
   </si>
   <si>
     <t>228.376.896,57</t>
   </si>
   <si>
     <t>34.928.231,22</t>
   </si>
   <si>
     <t>274.045.414,34</t>
   </si>
   <si>
     <t>227.042.609,19</t>
   </si>
   <si>
     <t>34.724.163,74</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
@@ -1021,51 +1021,51 @@
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">