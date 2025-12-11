--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -104,135 +104,156 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>98.921.762,45</t>
   </si>
   <si>
     <t>34.844.016,31</t>
   </si>
   <si>
     <t>6.148.944,06</t>
   </si>
   <si>
-    <t>12.284.048,39</t>
-[...5 lines deleted...]
-    <t>1.299.852,78</t>
+    <t>14.008.004,61</t>
+  </si>
+  <si>
+    <t>8.109.434,89</t>
+  </si>
+  <si>
+    <t>1.431.076,74</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>223.403.957,08</t>
   </si>
   <si>
     <t>110.267.182,14</t>
   </si>
   <si>
     <t>19.458.914,52</t>
   </si>
   <si>
-    <t>84.951.528,18</t>
-[...5 lines deleted...]
-    <t>6.955.353,57</t>
+    <t>128.051.477,97</t>
+  </si>
+  <si>
+    <t>60.526.070,48</t>
+  </si>
+  <si>
+    <t>10.681.071,25</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>275.534.812,72</t>
   </si>
   <si>
     <t>173.606.039,75</t>
   </si>
   <si>
     <t>26.551.494,65</t>
   </si>
   <si>
-    <t>197.584.856,54</t>
-[...5 lines deleted...]
-    <t>17.314.916,97</t>
+    <t>243.401.224,05</t>
+  </si>
+  <si>
+    <t>147.550.202,43</t>
+  </si>
+  <si>
+    <t>22.566.501,38</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>137.410.025,68</t>
   </si>
   <si>
     <t>95.520.248,76</t>
   </si>
   <si>
     <t>11.411.751,01</t>
+  </si>
+  <si>
+    <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
+  </si>
+  <si>
+    <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
+  </si>
+  <si>
+    <t>03.02.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>10.332.804,29</t>
+  </si>
+  <si>
+    <t>7.738.580,80</t>
+  </si>
+  <si>
+    <t>1.183.547,57</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>35.207.598,84</t>
   </si>
   <si>
     <t>29.540.467,55</t>
   </si>
   <si>
     <t>4.517.953,88</t>
   </si>
@@ -792,51 +813,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:N17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="80" customWidth="true" style="1"/>
     <col min="4" max="4" width="80" customWidth="true" style="1"/>
     <col min="5" max="5" width="20" customWidth="true" style="1"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -933,139 +954,139 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>50</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -1079,474 +1100,515 @@
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="L6" t="s">
         <v>22</v>
       </c>
       <c r="M6" t="s">
         <v>22</v>
       </c>
       <c r="N6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" t="s">
         <v>62</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="H7" t="s">
         <v>63</v>
       </c>
-      <c r="G7">
-[...2 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>64</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>65</v>
       </c>
-      <c r="J7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
         <v>70</v>
       </c>
-      <c r="E8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
         <v>72</v>
       </c>
       <c r="J8" t="s">
         <v>73</v>
       </c>
       <c r="K8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="1" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F9" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="D10" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="F10" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
+        <v>88</v>
+      </c>
+      <c r="I10" t="s">
         <v>89</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E11" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
         <v>95</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="H11" t="s">
         <v>96</v>
       </c>
-      <c r="G11">
-[...2 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>97</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>98</v>
       </c>
-      <c r="J11" t="s">
-        <v>99</v>
+      <c r="K11">
+        <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="N11" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G12">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L12" t="s">
         <v>22</v>
       </c>
       <c r="M12" t="s">
         <v>22</v>
       </c>
       <c r="N12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="G13">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="I13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="J13" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>112</v>
       </c>
       <c r="L13" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="M13" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="N13" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="E14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="H14" t="s">
         <v>114</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="I14" t="s">
         <v>115</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="J14" t="s">
         <v>116</v>
       </c>
-      <c r="F14" t="s">
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14" t="s">
         <v>117</v>
       </c>
-      <c r="G14">
-[...2 lines deleted...]
-      <c r="H14" t="s">
+      <c r="M14" t="s">
         <v>118</v>
       </c>
-      <c r="I14" t="s">
+      <c r="N14" t="s">
         <v>119</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>124</v>
       </c>
       <c r="G15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H15" t="s">
         <v>125</v>
       </c>
       <c r="I15" t="s">
         <v>126</v>
       </c>
       <c r="J15" t="s">
         <v>127</v>
       </c>
+      <c r="K15">
+        <v>1</v>
+      </c>
       <c r="L15" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F16" t="s">
+        <v>131</v>
+      </c>
+      <c r="G16">
+        <v>3</v>
+      </c>
+      <c r="H16" t="s">
+        <v>132</v>
+      </c>
+      <c r="I16" t="s">
+        <v>133</v>
+      </c>
+      <c r="J16" t="s">
+        <v>134</v>
+      </c>
+      <c r="L16" t="s">
+        <v>22</v>
+      </c>
+      <c r="M16" t="s">
+        <v>22</v>
+      </c>
+      <c r="N16" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G16">
+      <c r="D17" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F17" t="s">
+        <v>137</v>
+      </c>
+      <c r="G17">
         <v>1</v>
       </c>
-      <c r="H16" t="s">
-[...8 lines deleted...]
-      <c r="K16">
+      <c r="H17" t="s">
+        <v>138</v>
+      </c>
+      <c r="I17" t="s">
+        <v>139</v>
+      </c>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17">
         <v>1</v>
       </c>
-      <c r="L16" t="s">
-[...6 lines deleted...]
-        <v>136</v>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">