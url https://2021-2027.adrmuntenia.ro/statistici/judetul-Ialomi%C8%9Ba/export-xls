--- v2 (2025-12-11)
+++ v3 (2026-01-10)
@@ -155,66 +155,66 @@
   <si>
     <t>128.051.477,97</t>
   </si>
   <si>
     <t>60.526.070,48</t>
   </si>
   <si>
     <t>10.681.071,25</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>275.534.812,72</t>
-[...14 lines deleted...]
-    <t>22.566.501,38</t>
+    <t>366.246.643,02</t>
+  </si>
+  <si>
+    <t>238.618.274,14</t>
+  </si>
+  <si>
+    <t>35.368.737,25</t>
+  </si>
+  <si>
+    <t>275.323.681,20</t>
+  </si>
+  <si>
+    <t>172.746.622,41</t>
+  </si>
+  <si>
+    <t>25.923.009,20</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>137.410.025,68</t>
   </si>
   <si>
     <t>95.520.248,76</t>
   </si>
   <si>
     <t>11.411.751,01</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
@@ -287,51 +287,51 @@
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
     <t>31.12.2026</t>
   </si>
   <si>
     <t>273.486.778,79</t>
   </si>
   <si>
     <t>228.376.896,57</t>
   </si>
   <si>
     <t>34.928.231,22</t>
   </si>
   <si>
-    <t>274.045.414,34</t>
+    <t>276.975.912,14</t>
   </si>
   <si>
     <t>227.042.609,19</t>
   </si>
   <si>
     <t>34.724.163,74</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>59.092.578,89</t>
   </si>
   <si>
     <t>47.173.572,19</t>
   </si>
   <si>
     <t>7.214.781,61</t>
   </si>
   <si>
     <t>P5 - O regiune educată</t>
   </si>
@@ -1030,63 +1030,63 @@
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">