--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -104,117 +104,117 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>98.921.762,45</t>
   </si>
   <si>
     <t>34.844.016,31</t>
   </si>
   <si>
     <t>6.148.944,06</t>
   </si>
   <si>
-    <t>14.008.004,61</t>
-[...5 lines deleted...]
-    <t>1.431.076,74</t>
+    <t>13.035.747,41</t>
+  </si>
+  <si>
+    <t>7.563.042,37</t>
+  </si>
+  <si>
+    <t>1.334.654,53</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>223.403.957,08</t>
   </si>
   <si>
     <t>110.267.182,14</t>
   </si>
   <si>
     <t>19.458.914,52</t>
   </si>
   <si>
-    <t>128.051.477,97</t>
-[...5 lines deleted...]
-    <t>10.681.071,25</t>
+    <t>154.312.141,72</t>
+  </si>
+  <si>
+    <t>71.707.947,44</t>
+  </si>
+  <si>
+    <t>12.654.343,66</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>366.246.643,02</t>
-[...14 lines deleted...]
-    <t>25.923.009,20</t>
+    <t>359.380.179,15</t>
+  </si>
+  <si>
+    <t>230.742.838,07</t>
+  </si>
+  <si>
+    <t>35.290.066,53</t>
+  </si>
+  <si>
+    <t>272.007.331,25</t>
+  </si>
+  <si>
+    <t>169.496.599,45</t>
+  </si>
+  <si>
+    <t>25.923.009,21</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>137.410.025,68</t>
   </si>
   <si>
     <t>95.520.248,76</t>
   </si>
   <si>
     <t>11.411.751,01</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
@@ -954,51 +954,51 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>50</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">