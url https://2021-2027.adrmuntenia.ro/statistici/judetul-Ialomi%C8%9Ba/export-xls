--- v4 (2026-02-04)
+++ v5 (2026-02-26)
@@ -155,66 +155,66 @@
   <si>
     <t>154.312.141,72</t>
   </si>
   <si>
     <t>71.707.947,44</t>
   </si>
   <si>
     <t>12.654.343,66</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>359.380.179,15</t>
-[...14 lines deleted...]
-    <t>25.923.009,21</t>
+    <t>363.323.690,34</t>
+  </si>
+  <si>
+    <t>233.944.947,70</t>
+  </si>
+  <si>
+    <t>35.779.800,96</t>
+  </si>
+  <si>
+    <t>276.847.067,20</t>
+  </si>
+  <si>
+    <t>172.971.698,67</t>
+  </si>
+  <si>
+    <t>26.454.494,97</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>137.410.025,68</t>
   </si>
   <si>
     <t>95.520.248,76</t>
   </si>
   <si>
     <t>11.411.751,01</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
@@ -1030,63 +1030,63 @@
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">