--- v5 (2026-02-26)
+++ v6 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -131,51 +131,51 @@
   <si>
     <t>7.563.042,37</t>
   </si>
   <si>
     <t>1.334.654,53</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>223.403.957,08</t>
   </si>
   <si>
     <t>110.267.182,14</t>
   </si>
   <si>
     <t>19.458.914,52</t>
   </si>
   <si>
-    <t>154.312.141,72</t>
+    <t>154.152.222,99</t>
   </si>
   <si>
     <t>71.707.947,44</t>
   </si>
   <si>
     <t>12.654.343,66</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>363.323.690,34</t>
   </si>
@@ -189,50 +189,59 @@
     <t>276.847.067,20</t>
   </si>
   <si>
     <t>172.971.698,67</t>
   </si>
   <si>
     <t>26.454.494,97</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>137.410.025,68</t>
   </si>
   <si>
     <t>95.520.248,76</t>
   </si>
   <si>
     <t>11.411.751,01</t>
+  </si>
+  <si>
+    <t>38.540.058,02</t>
+  </si>
+  <si>
+    <t>24.513.740,12</t>
+  </si>
+  <si>
+    <t>3.749.160,24</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
     <t>10.332.804,29</t>
   </si>
   <si>
     <t>7.738.580,80</t>
   </si>
   <si>
     <t>1.183.547,57</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
@@ -1085,530 +1094,533 @@
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>55</v>
       </c>
       <c r="G6">
         <v>18</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
+      <c r="K6">
+        <v>4</v>
+      </c>
       <c r="L6" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="L7" t="s">
         <v>22</v>
       </c>
       <c r="M7" t="s">
         <v>22</v>
       </c>
       <c r="N7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G8">
         <v>3</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="I10" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="I11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F12" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G12">
         <v>3</v>
       </c>
       <c r="H12" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="I12" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="L12" t="s">
         <v>22</v>
       </c>
       <c r="M12" t="s">
         <v>22</v>
       </c>
       <c r="N12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="G13">
         <v>7</v>
       </c>
       <c r="H13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="I13" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="J13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="L13" t="s">
         <v>22</v>
       </c>
       <c r="M13" t="s">
         <v>22</v>
       </c>
       <c r="N13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F14" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="I14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="J14" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M14" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="N14" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="M15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="N15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F16" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J16" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="L16" t="s">
         <v>22</v>
       </c>
       <c r="M16" t="s">
         <v>22</v>
       </c>
       <c r="N16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F17" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="I17" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="N17" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">