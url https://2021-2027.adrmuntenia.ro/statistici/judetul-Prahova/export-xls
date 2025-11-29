--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -104,117 +104,117 @@
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>202.960.628,10</t>
   </si>
   <si>
     <t>120.863.668,15</t>
   </si>
   <si>
     <t>21.328.882,66</t>
   </si>
   <si>
-    <t>45.176.507,47</t>
-[...5 lines deleted...]
-    <t>4.581.153,48</t>
+    <t>48.480.779,61</t>
+  </si>
+  <si>
+    <t>28.011.115,93</t>
+  </si>
+  <si>
+    <t>4.943.138,10</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.482.459.477,76</t>
   </si>
   <si>
     <t>680.712.172,93</t>
   </si>
   <si>
     <t>120.094.552,68</t>
   </si>
   <si>
-    <t>620.708.701,90</t>
-[...5 lines deleted...]
-    <t>50.751.483,51</t>
+    <t>727.079.925,83</t>
+  </si>
+  <si>
+    <t>327.141.100,02</t>
+  </si>
+  <si>
+    <t>57.730.782,37</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>90.613.990,48</t>
   </si>
   <si>
     <t>71.727.956,18</t>
   </si>
   <si>
     <t>10.970.324,63</t>
   </si>
   <si>
-    <t>52.270.709,74</t>
-[...5 lines deleted...]
-    <t>6.137.743,79</t>
+    <t>59.197.707,63</t>
+  </si>
+  <si>
+    <t>45.463.629,83</t>
+  </si>
+  <si>
+    <t>6.952.746,05</t>
   </si>
   <si>
     <t>PRSM/428/PRSM_P2/OP2/RSO2.1/PRSM_A37 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>2.555.262,07</t>
   </si>
   <si>
     <t>767.472,69</t>
   </si>
   <si>
     <t>-225.727,27</t>
   </si>
   <si>
     <t>117.378,18</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
@@ -242,60 +242,60 @@
   <si>
     <t>8.270.244,97</t>
   </si>
   <si>
     <t>1.264.860,98</t>
   </si>
   <si>
     <t>19.482.669,28</t>
   </si>
   <si>
     <t>7.561.165,39</t>
   </si>
   <si>
     <t>1.156.413,52</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...8 lines deleted...]
-    <t>11.910.879,67</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>274.150.071,03</t>
+  </si>
+  <si>
+    <t>207.512.891,03</t>
+  </si>
+  <si>
+    <t>31.652.195,21</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>143.534.896,87</t>
   </si>
   <si>
     <t>67.267.008,79</t>
   </si>
   <si>
     <t>10.287.895,46</t>
   </si>
@@ -437,50 +437,59 @@
   <si>
     <t>8.009.248,64</t>
   </si>
   <si>
     <t>8.349.783,58</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>53.331.165,37</t>
   </si>
   <si>
     <t>21.081.312,78</t>
   </si>
   <si>
     <t>21.977.642,09</t>
   </si>
   <si>
+    <t>20.609.874,99</t>
+  </si>
+  <si>
+    <t>9.593.493,07</t>
+  </si>
+  <si>
+    <t>10.001.386,48</t>
+  </si>
+  <si>
     <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - etapizate</t>
   </si>
   <si>
     <t>20.199.026,72</t>
   </si>
   <si>
     <t>8.088.441,14</t>
   </si>
   <si>
     <t>8.429.215,42</t>
   </si>
   <si>
     <t>10.468.867,40</t>
   </si>
   <si>
     <t>2.785.041,21</t>
   </si>
   <si>
     <t>2.902.874,36</t>
   </si>
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
@@ -519,50 +528,59 @@
     <t>20.588.198,97</t>
   </si>
   <si>
     <t>13.013.828,86</t>
   </si>
   <si>
     <t>1.990.350,28</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>32.797.329,21</t>
   </si>
   <si>
     <t>27.320.175,23</t>
   </si>
   <si>
     <t>4.821.207,40</t>
+  </si>
+  <si>
+    <t>33.395.640,73</t>
+  </si>
+  <si>
+    <t>27.774.219,81</t>
+  </si>
+  <si>
+    <t>4.901.332,91</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>139.745.246,96</t>
   </si>
   <si>
     <t>91.350.865,38</t>
   </si>
   <si>
     <t>13.971.308,80</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
@@ -1080,139 +1098,139 @@
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>165</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
         <v>155</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="s">
         <v>47</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -1329,51 +1347,51 @@
       </c>
       <c r="N8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F9" t="s">
         <v>76</v>
       </c>
       <c r="G9">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="H9" t="s">
         <v>77</v>
       </c>
       <c r="I9" t="s">
         <v>78</v>
       </c>
       <c r="J9" t="s">
         <v>79</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
         <v>22</v>
       </c>
       <c r="N9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
@@ -1721,345 +1739,351 @@
       </c>
       <c r="C18" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>136</v>
       </c>
       <c r="F18" t="s">
         <v>137</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
       <c r="H18" t="s">
         <v>138</v>
       </c>
       <c r="I18" t="s">
         <v>139</v>
       </c>
       <c r="J18" t="s">
         <v>140</v>
       </c>
+      <c r="K18">
+        <v>1</v>
+      </c>
       <c r="L18" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M18" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="N18" t="s">
-        <v>22</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>106</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>115</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="I19" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J19" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="M19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="N19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F20" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="I20" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="J20" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="L20" t="s">
         <v>22</v>
       </c>
       <c r="M20" t="s">
         <v>22</v>
       </c>
       <c r="N20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
         <v>55</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="I21" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="J21" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="M21" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="N21" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F22" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="I22" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="J22" t="s">
-        <v>168</v>
+        <v>171</v>
+      </c>
+      <c r="K22">
+        <v>1</v>
       </c>
       <c r="L22" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="M22" t="s">
-        <v>22</v>
+        <v>173</v>
       </c>
       <c r="N22" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F23" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="G23">
         <v>5</v>
       </c>
       <c r="H23" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="I23" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="J23" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="L23" t="s">
         <v>22</v>
       </c>
       <c r="M23" t="s">
         <v>22</v>
       </c>
       <c r="N23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F24" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="H24" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="I24" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="J24" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="M24" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="N24" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F25" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="G25">
         <v>5</v>
       </c>
       <c r="H25" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="I25" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="J25" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="L25" t="s">
         <v>22</v>
       </c>
       <c r="M25" t="s">
         <v>22</v>
       </c>
       <c r="N25" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>