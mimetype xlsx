--- v1 (2025-11-29)
+++ v2 (2026-01-18)
@@ -12,331 +12,361 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
     <t>Valoare FEDR proiecte</t>
   </si>
   <si>
     <t>Valoare buget stat proiecte</t>
   </si>
   <si>
     <t>Nr. Contracte</t>
   </si>
   <si>
     <t>Valoare totală contracte</t>
   </si>
   <si>
     <t>Valoare FEDR contracte</t>
   </si>
   <si>
     <t>Valoare buget stat contracte</t>
   </si>
   <si>
     <t>P1 - O regiune competitivă prin inovare, digitalizare și întreprinderi dinamice</t>
   </si>
   <si>
     <t>RSO1.2 - Valorificarea avantajelor digitalizării, în beneficiul cetățenilor, al companiilor, al organizațiilor de cercetare și al autorităților publice</t>
   </si>
   <si>
+    <t>PRSM/481/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
+  </si>
+  <si>
+    <t>15.10.2024</t>
+  </si>
+  <si>
+    <t>31.07.2025</t>
+  </si>
+  <si>
+    <t>236.426.000,00</t>
+  </si>
+  <si>
+    <t>200.962.100,00</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>199.096.000,00</t>
+  </si>
+  <si>
     <t>PRSM/473/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
   </si>
   <si>
     <t>01.11.2024</t>
   </si>
   <si>
     <t>30.06.2025</t>
   </si>
   <si>
     <t>381.351.357,36</t>
   </si>
   <si>
     <t>319.739.576,16</t>
   </si>
   <si>
     <t>48.463.871,68</t>
   </si>
   <si>
-    <t>0,00</t>
-[...1 lines deleted...]
-  <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
-    <t>202.960.628,10</t>
-[...14 lines deleted...]
-    <t>4.943.138,10</t>
+    <t>203.814.273,50</t>
+  </si>
+  <si>
+    <t>121.314.521,80</t>
+  </si>
+  <si>
+    <t>21.408.445,07</t>
+  </si>
+  <si>
+    <t>51.983.418,15</t>
+  </si>
+  <si>
+    <t>30.171.594,28</t>
+  </si>
+  <si>
+    <t>5.324.398,97</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.482.459.477,76</t>
   </si>
   <si>
     <t>680.712.172,93</t>
   </si>
   <si>
     <t>120.094.552,68</t>
   </si>
   <si>
-    <t>727.079.925,83</t>
-[...5 lines deleted...]
-    <t>57.730.782,37</t>
+    <t>818.695.056,99</t>
+  </si>
+  <si>
+    <t>366.616.936,95</t>
+  </si>
+  <si>
+    <t>64.697.106,55</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>90.613.990,48</t>
   </si>
   <si>
     <t>71.727.956,18</t>
   </si>
   <si>
     <t>10.970.324,63</t>
   </si>
   <si>
-    <t>59.197.707,63</t>
-[...5 lines deleted...]
-    <t>6.952.746,05</t>
+    <t>91.187.592,82</t>
+  </si>
+  <si>
+    <t>71.993.482,06</t>
+  </si>
+  <si>
+    <t>11.010.253,84</t>
   </si>
   <si>
     <t>PRSM/428/PRSM_P2/OP2/RSO2.1/PRSM_A37 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>2.555.262,07</t>
   </si>
   <si>
     <t>767.472,69</t>
   </si>
   <si>
     <t>-225.727,27</t>
   </si>
   <si>
-    <t>117.378,18</t>
+    <t>2.555.262,08</t>
+  </si>
+  <si>
+    <t>767.472,70</t>
+  </si>
+  <si>
+    <t>117.378,17</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>162.728.631,68</t>
   </si>
   <si>
     <t>110.554.139,03</t>
   </si>
   <si>
     <t>15.715.164,05</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>20.354.985,25</t>
   </si>
   <si>
     <t>8.270.244,97</t>
   </si>
   <si>
     <t>1.264.860,98</t>
   </si>
   <si>
-    <t>19.482.669,28</t>
-[...5 lines deleted...]
-    <t>1.156.413,52</t>
+    <t>19.699.489,08</t>
+  </si>
+  <si>
+    <t>7.561.165,40</t>
+  </si>
+  <si>
+    <t>1.156.413,49</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>274.150.071,03</t>
-[...5 lines deleted...]
-    <t>31.652.195,21</t>
+    <t>371.754.278,28</t>
+  </si>
+  <si>
+    <t>268.952.297,62</t>
+  </si>
+  <si>
+    <t>41.049.080,30</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
-    <t>143.534.896,87</t>
-[...5 lines deleted...]
-    <t>10.287.895,46</t>
+    <t>297.599.216,68</t>
+  </si>
+  <si>
+    <t>135.788.348,80</t>
+  </si>
+  <si>
+    <t>20.755.771,84</t>
+  </si>
+  <si>
+    <t>87.316.872,00</t>
+  </si>
+  <si>
+    <t>30.246.430,29</t>
+  </si>
+  <si>
+    <t>4.625.924,62</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>80.976.451,24</t>
   </si>
   <si>
     <t>68.521.340,03</t>
   </si>
   <si>
     <t>10.479.734,35</t>
   </si>
   <si>
-    <t>166.368.975,89</t>
-[...1 lines deleted...]
-  <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>16.09.2024</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>162.694.269,48</t>
   </si>
   <si>
     <t>118.631.398,94</t>
   </si>
   <si>
     <t>18.143.625,64</t>
   </si>
   <si>
     <t>PRSM/438/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>17.309.462,15</t>
   </si>
   <si>
     <t>7.342.582,14</t>
@@ -437,57 +467,57 @@
   <si>
     <t>8.009.248,64</t>
   </si>
   <si>
     <t>8.349.783,58</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>53.331.165,37</t>
   </si>
   <si>
     <t>21.081.312,78</t>
   </si>
   <si>
     <t>21.977.642,09</t>
   </si>
   <si>
-    <t>20.609.874,99</t>
-[...5 lines deleted...]
-    <t>10.001.386,48</t>
+    <t>25.213.354,73</t>
+  </si>
+  <si>
+    <t>11.663.629,80</t>
+  </si>
+  <si>
+    <t>12.159.540,61</t>
   </si>
   <si>
     <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - etapizate</t>
   </si>
   <si>
     <t>20.199.026,72</t>
   </si>
   <si>
     <t>8.088.441,14</t>
   </si>
   <si>
     <t>8.429.215,42</t>
   </si>
   <si>
     <t>10.468.867,40</t>
   </si>
   <si>
     <t>2.785.041,21</t>
   </si>
   <si>
     <t>2.902.874,36</t>
   </si>
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
@@ -957,51 +987,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:N26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="80" customWidth="true" style="1"/>
     <col min="4" max="4" width="80" customWidth="true" style="1"/>
     <col min="5" max="5" width="20" customWidth="true" style="1"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -1045,1054 +1075,1098 @@
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="H2" t="s">
         <v>19</v>
       </c>
       <c r="I2" t="s">
         <v>20</v>
       </c>
       <c r="J2" t="s">
         <v>21</v>
       </c>
+      <c r="K2">
+        <v>1</v>
+      </c>
       <c r="L2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="M2" t="s">
         <v>22</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" t="s">
         <v>25</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
         <v>26</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>27</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>28</v>
       </c>
-      <c r="J3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L3" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="N3" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4">
+        <v>165</v>
+      </c>
+      <c r="H4" t="s">
         <v>33</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="I4" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
+      <c r="J4" t="s">
         <v>35</v>
       </c>
-      <c r="G4">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="K4">
+        <v>39</v>
+      </c>
+      <c r="L4" t="s">
         <v>36</v>
       </c>
-      <c r="I4" t="s">
+      <c r="M4" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
+      <c r="N4" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5">
+        <v>155</v>
+      </c>
+      <c r="H5" t="s">
         <v>42</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="I5" t="s">
         <v>43</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="J5" t="s">
         <v>44</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="K5">
+        <v>73</v>
+      </c>
+      <c r="L5" t="s">
         <v>45</v>
       </c>
-      <c r="F5" t="s">
+      <c r="M5" t="s">
         <v>46</v>
       </c>
-      <c r="G5">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="N5" t="s">
         <v>47</v>
-      </c>
-[...16 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6">
+        <v>7</v>
+      </c>
+      <c r="H6" t="s">
         <v>53</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="I6" t="s">
         <v>54</v>
       </c>
-      <c r="F6" t="s">
+      <c r="J6" t="s">
         <v>55</v>
       </c>
-      <c r="G6">
-[...10 lines deleted...]
-      </c>
       <c r="K6">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L6" t="s">
         <v>56</v>
       </c>
       <c r="M6" t="s">
         <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" t="s">
         <v>61</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="H7" t="s">
         <v>62</v>
       </c>
-      <c r="G7">
-[...2 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>63</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>64</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7">
+        <v>1</v>
+      </c>
+      <c r="L7" t="s">
         <v>65</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G8">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="H8" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="I8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="N8" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9">
+        <v>4</v>
+      </c>
+      <c r="H9" t="s">
         <v>75</v>
       </c>
-      <c r="F9" t="s">
+      <c r="I9" t="s">
         <v>76</v>
       </c>
-      <c r="G9">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="J9" t="s">
         <v>77</v>
       </c>
-      <c r="I9" t="s">
+      <c r="K9">
+        <v>4</v>
+      </c>
+      <c r="L9" t="s">
         <v>78</v>
       </c>
-      <c r="J9" t="s">
+      <c r="M9" t="s">
         <v>79</v>
       </c>
-      <c r="L9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>83</v>
       </c>
       <c r="F10" t="s">
         <v>84</v>
       </c>
       <c r="G10">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="H10" t="s">
         <v>85</v>
       </c>
       <c r="I10" t="s">
         <v>86</v>
       </c>
       <c r="J10" t="s">
         <v>87</v>
       </c>
       <c r="L10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="G11">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H11" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="I11" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N11" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="F12" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="G12">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I12" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J12" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="L12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H13" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="I13" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="J13" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="N13" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>109</v>
+        <v>60</v>
       </c>
       <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
+      <c r="H14" t="s">
         <v>110</v>
       </c>
-      <c r="G14">
-[...2 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>111</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
         <v>112</v>
       </c>
-      <c r="J14" t="s">
+      <c r="K14">
+        <v>1</v>
+      </c>
+      <c r="L14" t="s">
         <v>113</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M14" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="F15" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="G15">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="H15" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I15" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="J15" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>123</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="N15" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="F16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G16">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J16" t="s">
-        <v>127</v>
+        <v>128</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
       </c>
       <c r="L16" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>54</v>
+        <v>133</v>
       </c>
       <c r="F17" t="s">
-        <v>46</v>
+        <v>134</v>
       </c>
       <c r="G17">
-        <v>4</v>
+        <v>39</v>
       </c>
       <c r="H17" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="I17" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="J17" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>137</v>
       </c>
       <c r="L17" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="N17" t="s">
-        <v>134</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>136</v>
+        <v>60</v>
       </c>
       <c r="F18" t="s">
-        <v>137</v>
+        <v>52</v>
       </c>
       <c r="G18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>54</v>
+        <v>146</v>
       </c>
       <c r="F19" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="I19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="J19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="K19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L19" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="M19" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>151</v>
+        <v>116</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>152</v>
+        <v>117</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>154</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
+        <v>125</v>
+      </c>
+      <c r="G20">
+        <v>3</v>
+      </c>
+      <c r="H20" t="s">
         <v>155</v>
       </c>
-      <c r="G20">
+      <c r="I20" t="s">
+        <v>156</v>
+      </c>
+      <c r="J20" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20">
         <v>1</v>
       </c>
-      <c r="H20" t="s">
-[...5 lines deleted...]
-      <c r="J20" t="s">
+      <c r="L20" t="s">
         <v>158</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M20" t="s">
-        <v>22</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
-        <v>22</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>165</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="I21" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="J21" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>168</v>
       </c>
       <c r="L21" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="M21" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="N21" t="s">
-        <v>165</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>167</v>
+        <v>60</v>
       </c>
       <c r="F22" t="s">
-        <v>168</v>
+        <v>61</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>177</v>
       </c>
       <c r="F23" t="s">
         <v>178</v>
       </c>
       <c r="G23">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H23" t="s">
         <v>179</v>
       </c>
       <c r="I23" t="s">
         <v>180</v>
       </c>
       <c r="J23" t="s">
         <v>181</v>
       </c>
+      <c r="K23">
+        <v>1</v>
+      </c>
       <c r="L23" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
-        <v>22</v>
+        <v>183</v>
       </c>
       <c r="N23" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>94</v>
+        <v>187</v>
       </c>
       <c r="F24" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="G24">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H24" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="I24" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="J24" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>191</v>
       </c>
       <c r="L24" t="s">
-        <v>184</v>
+        <v>21</v>
       </c>
       <c r="M24" t="s">
-        <v>185</v>
+        <v>21</v>
       </c>
       <c r="N24" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>167</v>
+        <v>104</v>
       </c>
       <c r="F25" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25" t="s">
+        <v>194</v>
+      </c>
+      <c r="I25" t="s">
+        <v>195</v>
+      </c>
+      <c r="J25" t="s">
+        <v>196</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
+      </c>
+      <c r="L25" t="s">
+        <v>194</v>
+      </c>
+      <c r="M25" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" t="s">
+        <v>161</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="F26" t="s">
+        <v>198</v>
+      </c>
+      <c r="G26">
         <v>5</v>
       </c>
-      <c r="H25" t="s">
-[...15 lines deleted...]
-        <v>22</v>
+      <c r="H26" t="s">
+        <v>199</v>
+      </c>
+      <c r="I26" t="s">
+        <v>200</v>
+      </c>
+      <c r="J26" t="s">
+        <v>201</v>
+      </c>
+      <c r="L26" t="s">
+        <v>21</v>
+      </c>
+      <c r="M26" t="s">
+        <v>21</v>
+      </c>
+      <c r="N26" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">