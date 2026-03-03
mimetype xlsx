--- v2 (2026-01-18)
+++ v3 (2026-03-03)
@@ -122,84 +122,84 @@
   <si>
     <t>48.463.871,68</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>203.814.273,50</t>
   </si>
   <si>
     <t>121.314.521,80</t>
   </si>
   <si>
     <t>21.408.445,07</t>
   </si>
   <si>
-    <t>51.983.418,15</t>
-[...5 lines deleted...]
-    <t>5.324.398,97</t>
+    <t>54.927.487,63</t>
+  </si>
+  <si>
+    <t>31.516.267,12</t>
+  </si>
+  <si>
+    <t>5.561.694,17</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.482.459.477,76</t>
   </si>
   <si>
     <t>680.712.172,93</t>
   </si>
   <si>
     <t>120.094.552,68</t>
   </si>
   <si>
-    <t>818.695.056,99</t>
-[...5 lines deleted...]
-    <t>64.697.106,55</t>
+    <t>860.143.469,66</t>
+  </si>
+  <si>
+    <t>383.459.160,62</t>
+  </si>
+  <si>
+    <t>67.669.263,67</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>90.613.990,48</t>
   </si>
   <si>
     <t>71.727.956,18</t>
   </si>
   <si>
     <t>10.970.324,63</t>
   </si>
@@ -1172,95 +1172,95 @@
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>165</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5">
         <v>155</v>
       </c>
       <c r="H5" t="s">
         <v>42</v>
       </c>
       <c r="I5" t="s">
         <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">