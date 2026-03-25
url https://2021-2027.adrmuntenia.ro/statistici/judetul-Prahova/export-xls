--- v3 (2026-03-03)
+++ v4 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -122,84 +122,84 @@
   <si>
     <t>48.463.871,68</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>203.814.273,50</t>
   </si>
   <si>
     <t>121.314.521,80</t>
   </si>
   <si>
     <t>21.408.445,07</t>
   </si>
   <si>
-    <t>54.927.487,63</t>
-[...5 lines deleted...]
-    <t>5.561.694,17</t>
+    <t>58.006.177,04</t>
+  </si>
+  <si>
+    <t>33.196.415,27</t>
+  </si>
+  <si>
+    <t>5.858.190,90</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>1.482.459.477,76</t>
   </si>
   <si>
     <t>680.712.172,93</t>
   </si>
   <si>
     <t>120.094.552,68</t>
   </si>
   <si>
-    <t>860.143.469,66</t>
-[...5 lines deleted...]
-    <t>67.669.263,67</t>
+    <t>867.542.794,87</t>
+  </si>
+  <si>
+    <t>387.196.669,17</t>
+  </si>
+  <si>
+    <t>68.328.824,00</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>90.613.990,48</t>
   </si>
   <si>
     <t>71.727.956,18</t>
   </si>
   <si>
     <t>10.970.324,63</t>
   </si>
@@ -236,50 +236,59 @@
   <si>
     <t>767.472,70</t>
   </si>
   <si>
     <t>117.378,17</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>162.728.631,68</t>
   </si>
   <si>
     <t>110.554.139,03</t>
   </si>
   <si>
     <t>15.715.164,05</t>
   </si>
   <si>
+    <t>25.269.767,42</t>
+  </si>
+  <si>
+    <t>14.487.536,66</t>
+  </si>
+  <si>
+    <t>2.215.740,93</t>
+  </si>
+  <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>20.354.985,25</t>
   </si>
   <si>
     <t>8.270.244,97</t>
   </si>
   <si>
     <t>1.264.860,98</t>
   </si>
   <si>
     <t>19.699.489,08</t>
   </si>
   <si>
     <t>7.561.165,40</t>
   </si>
   <si>
     <t>1.156.413,49</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
@@ -386,50 +395,59 @@
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>145.672.267,22</t>
   </si>
   <si>
     <t>58.893.640,18</t>
   </si>
   <si>
     <t>55.682.253,40</t>
   </si>
   <si>
+    <t>14.115.516,35</t>
+  </si>
+  <si>
+    <t>4.759.369,10</t>
+  </si>
+  <si>
+    <t>4.961.726,59</t>
+  </si>
+  <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>43.064.887,47</t>
   </si>
   <si>
     <t>12.787.077,37</t>
   </si>
   <si>
     <t>13.330.632,00</t>
   </si>
   <si>
     <t>15.527.668,07</t>
   </si>
   <si>
     <t>7.009.017,48</t>
   </si>
   <si>
     <t>7.306.902,27</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
@@ -533,57 +551,57 @@
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>65.645.975,30</t>
   </si>
   <si>
     <t>31.057.248,24</t>
   </si>
   <si>
     <t>4.749.932,09</t>
   </si>
   <si>
     <t>PRSM/437/PRSM_P6/OP5/RSO5.1/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>19.309.003,46</t>
   </si>
   <si>
     <t>12.556.647,91</t>
   </si>
   <si>
     <t>1.920.428,50</t>
   </si>
   <si>
-    <t>20.588.198,97</t>
-[...5 lines deleted...]
-    <t>1.990.350,28</t>
+    <t>19.663.714,17</t>
+  </si>
+  <si>
+    <t>12.228.016,78</t>
+  </si>
+  <si>
+    <t>1.870.167,43</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>32.797.329,21</t>
   </si>
   <si>
     <t>27.320.175,23</t>
   </si>
   <si>
     <t>4.821.207,40</t>
   </si>
   <si>
     <t>33.395.640,73</t>
   </si>
   <si>
     <t>27.774.219,81</t>
   </si>
@@ -1172,95 +1190,95 @@
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>165</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5">
         <v>155</v>
       </c>
       <c r="H5" t="s">
         <v>42</v>
       </c>
       <c r="I5" t="s">
         <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -1347,817 +1365,823 @@
       </c>
       <c r="C8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F8" t="s">
         <v>70</v>
       </c>
       <c r="G8">
         <v>23</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
         <v>72</v>
       </c>
       <c r="J8" t="s">
         <v>73</v>
       </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
       <c r="L8" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F9" t="s">
         <v>61</v>
       </c>
       <c r="G9">
         <v>4</v>
       </c>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G10">
         <v>16</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
         <v>21</v>
       </c>
       <c r="M10" t="s">
         <v>21</v>
       </c>
       <c r="N10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G11">
         <v>3</v>
       </c>
       <c r="H11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>52</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="J12" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="L12" t="s">
         <v>21</v>
       </c>
       <c r="M12" t="s">
         <v>21</v>
       </c>
       <c r="N12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G13">
         <v>4</v>
       </c>
       <c r="H13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I13" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="J13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="L13" t="s">
         <v>21</v>
       </c>
       <c r="M13" t="s">
         <v>21</v>
       </c>
       <c r="N13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F14" t="s">
         <v>52</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="I14" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="J14" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G15">
         <v>16</v>
       </c>
       <c r="H15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>126</v>
+      </c>
+      <c r="K15">
+        <v>1</v>
       </c>
       <c r="L15" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="M15" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="N15" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F16" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="G16">
         <v>4</v>
       </c>
       <c r="H16" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="I16" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="M16" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="N16" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G17">
         <v>39</v>
       </c>
       <c r="H17" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I17" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="J17" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="L17" t="s">
         <v>21</v>
       </c>
       <c r="M17" t="s">
         <v>21</v>
       </c>
       <c r="N17" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F18" t="s">
         <v>52</v>
       </c>
       <c r="G18">
         <v>4</v>
       </c>
       <c r="H18" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="I18" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="J18" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="N18" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="F19" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="I19" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="J19" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="M19" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="N19" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F20" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="G20">
         <v>3</v>
       </c>
       <c r="H20" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="I20" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="J20" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="M20" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="N20" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="F21" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="I21" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="J21" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="L21" t="s">
         <v>21</v>
       </c>
       <c r="M21" t="s">
         <v>21</v>
       </c>
       <c r="N21" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>61</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="I22" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="J22" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="M22" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="N22" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F23" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="I23" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="J23" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="M23" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="N23" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F24" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="I24" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="J24" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="L24" t="s">
         <v>21</v>
       </c>
       <c r="M24" t="s">
         <v>21</v>
       </c>
       <c r="N24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F25" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="I25" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="J25" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="M25" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="N25" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F26" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="G26">
         <v>5</v>
       </c>
       <c r="H26" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I26" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="J26" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="L26" t="s">
         <v>21</v>
       </c>
       <c r="M26" t="s">
         <v>21</v>
       </c>
       <c r="N26" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>