--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -92,140 +92,149 @@
   <si>
     <t>31.07.2025</t>
   </si>
   <si>
     <t>236.426.000,00</t>
   </si>
   <si>
     <t>200.962.100,00</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>199.096.000,00</t>
   </si>
   <si>
     <t>PRSM/473/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
   </si>
   <si>
     <t>01.11.2024</t>
   </si>
   <si>
     <t>30.06.2025</t>
   </si>
   <si>
-    <t>220.603.605,93</t>
-[...2 lines deleted...]
-    <t>184.845.939,78</t>
+    <t>220.603.605,91</t>
+  </si>
+  <si>
+    <t>184.845.939,76</t>
   </si>
   <si>
     <t>28.441.595,73</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>71.916.626,79</t>
   </si>
   <si>
     <t>42.883.253,22</t>
   </si>
   <si>
     <t>7.567.632,91</t>
   </si>
   <si>
-    <t>23.082.243,10</t>
-[...5 lines deleted...]
-    <t>2.332.898,34</t>
+    <t>25.423.775,22</t>
+  </si>
+  <si>
+    <t>14.759.863,46</t>
+  </si>
+  <si>
+    <t>2.604.681,79</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>220.987.915,11</t>
   </si>
   <si>
     <t>97.261.648,37</t>
   </si>
   <si>
     <t>17.163.820,29</t>
   </si>
   <si>
-    <t>113.550.432,66</t>
-[...5 lines deleted...]
-    <t>8.686.405,73</t>
+    <t>132.243.111,60</t>
+  </si>
+  <si>
+    <t>57.773.991,95</t>
+  </si>
+  <si>
+    <t>10.195.410,34</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>227.658.723,61</t>
   </si>
   <si>
     <t>152.676.774,79</t>
   </si>
   <si>
     <t>23.350.565,17</t>
   </si>
   <si>
+    <t>202.719.708,18</t>
+  </si>
+  <si>
+    <t>132.678.132,06</t>
+  </si>
+  <si>
+    <t>20.291.949,64</t>
+  </si>
+  <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>31.479.173,38</t>
   </si>
   <si>
     <t>19.406.578,67</t>
   </si>
   <si>
     <t>2.256.536,87</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
@@ -236,60 +245,60 @@
   <si>
     <t>13.719.544,72</t>
   </si>
   <si>
     <t>789.524,49</t>
   </si>
   <si>
     <t>28.496.519,27</t>
   </si>
   <si>
     <t>13.715.775,31</t>
   </si>
   <si>
     <t>788.948,00</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...8 lines deleted...]
-    <t>2.973.946,52</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>61.585.447,27</t>
+  </si>
+  <si>
+    <t>46.622.756,04</t>
+  </si>
+  <si>
+    <t>7.130.539,20</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>132.426.477,70</t>
   </si>
   <si>
     <t>8.416.128,14</t>
   </si>
   <si>
     <t>629.303,38</t>
   </si>
@@ -326,51 +335,51 @@
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>32.075.806,72</t>
   </si>
   <si>
     <t>27.264.435,71</t>
   </si>
   <si>
     <t>4.169.854,87</t>
   </si>
   <si>
     <t>P4 - O regiune mai accesibilă</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>621.862.266,39</t>
   </si>
   <si>
     <t>520.228.685,28</t>
   </si>
   <si>
     <t>79.564.387,15</t>
   </si>
   <si>
     <t>628.649.161,85</t>
   </si>
   <si>
     <t>520.228.685,24</t>
   </si>
   <si>
     <t>79.564.387,17</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>59.895.705,18</t>
   </si>
@@ -380,51 +389,51 @@
   <si>
     <t>7.448.893,05</t>
   </si>
   <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>63.089.148,29</t>
   </si>
   <si>
     <t>29.869.459,22</t>
   </si>
   <si>
-    <t>16.491.026,48</t>
+    <t>16.304.211,73</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
   </si>
   <si>
     <t>19.06.2024</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>324.932.519,08</t>
   </si>
   <si>
     <t>153.629.925,08</t>
   </si>
   <si>
     <t>114.351.956,05</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
@@ -462,50 +471,59 @@
     <t>25.413.989,69</t>
   </si>
   <si>
     <t>3.886.845,49</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>236.045.128,47</t>
   </si>
   <si>
     <t>172.879.517,84</t>
   </si>
   <si>
     <t>26.440.342,04</t>
+  </si>
+  <si>
+    <t>21.938.576,15</t>
+  </si>
+  <si>
+    <t>9.134.389,40</t>
+  </si>
+  <si>
+    <t>1.397.024,25</t>
   </si>
   <si>
     <t>PRSM/380/PRSM_P6/OP5/RSO5.2/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>34.813.661,28</t>
   </si>
   <si>
     <t>28.087.016,60</t>
   </si>
   <si>
     <t>4.295.661,37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1034,722 +1052,728 @@
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>60</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>42</v>
       </c>
       <c r="I5" t="s">
         <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6">
         <v>11</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
       <c r="I6" t="s">
         <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>55</v>
       </c>
+      <c r="K6">
+        <v>10</v>
+      </c>
       <c r="L6" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G7">
         <v>3</v>
       </c>
       <c r="H7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="I7" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="L7" t="s">
         <v>21</v>
       </c>
       <c r="M7" t="s">
         <v>21</v>
       </c>
       <c r="N7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G8">
         <v>4</v>
       </c>
       <c r="H8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
         <v>21</v>
       </c>
       <c r="M9" t="s">
         <v>21</v>
       </c>
       <c r="N9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F10" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="G10">
         <v>2</v>
       </c>
       <c r="H10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="L10" t="s">
         <v>21</v>
       </c>
       <c r="M10" t="s">
         <v>21</v>
       </c>
       <c r="N10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F11" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="I11" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="J11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="M11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F12" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="I12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="L12" t="s">
         <v>21</v>
       </c>
       <c r="M12" t="s">
         <v>21</v>
       </c>
       <c r="N12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F13" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="J13" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F14" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="I14" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="G15">
         <v>5</v>
       </c>
       <c r="H15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="I15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="L15" t="s">
         <v>21</v>
       </c>
       <c r="M15" t="s">
         <v>21</v>
       </c>
       <c r="N15" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G16">
         <v>19</v>
       </c>
       <c r="H16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="I16" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="L16" t="s">
         <v>21</v>
       </c>
       <c r="M16" t="s">
         <v>21</v>
       </c>
       <c r="N16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I17" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J17" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="L17" t="s">
         <v>21</v>
       </c>
       <c r="M17" t="s">
         <v>21</v>
       </c>
       <c r="N17" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F18" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I18" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="L18" t="s">
         <v>21</v>
       </c>
       <c r="M18" t="s">
         <v>21</v>
       </c>
       <c r="N18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G19">
         <v>9</v>
       </c>
       <c r="H19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="I19" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>152</v>
+      </c>
+      <c r="K19">
+        <v>1</v>
       </c>
       <c r="L19" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="M19" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="N19" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="F20" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="I20" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="J20" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="L20" t="s">
         <v>21</v>
       </c>
       <c r="M20" t="s">
         <v>21</v>
       </c>
       <c r="N20" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>