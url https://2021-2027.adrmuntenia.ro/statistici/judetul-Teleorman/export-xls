--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -149,57 +149,57 @@
   <si>
     <t>14.759.863,46</t>
   </si>
   <si>
     <t>2.604.681,79</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>220.987.915,11</t>
   </si>
   <si>
     <t>97.261.648,37</t>
   </si>
   <si>
     <t>17.163.820,29</t>
   </si>
   <si>
-    <t>132.243.111,60</t>
-[...5 lines deleted...]
-    <t>10.195.410,34</t>
+    <t>143.563.646,28</t>
+  </si>
+  <si>
+    <t>59.882.412,71</t>
+  </si>
+  <si>
+    <t>10.567.484,59</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
     <t>227.658.723,61</t>
   </si>
   <si>
     <t>152.676.774,79</t>
   </si>
   <si>
     <t>23.350.565,17</t>
   </si>
@@ -248,57 +248,57 @@
   <si>
     <t>789.524,49</t>
   </si>
   <si>
     <t>28.496.519,27</t>
   </si>
   <si>
     <t>13.715.775,31</t>
   </si>
   <si>
     <t>788.948,00</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>61.585.447,27</t>
-[...5 lines deleted...]
-    <t>7.130.539,20</t>
+    <t>154.504.016,94</t>
+  </si>
+  <si>
+    <t>114.795.342,71</t>
+  </si>
+  <si>
+    <t>17.556.934,74</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>132.426.477,70</t>
   </si>
   <si>
     <t>8.416.128,14</t>
   </si>
   <si>
     <t>629.303,38</t>
   </si>
@@ -1096,51 +1096,51 @@
       <c r="C5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>42</v>
       </c>
       <c r="I5" t="s">
         <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -1257,51 +1257,51 @@
       </c>
       <c r="N8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>77</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H9" t="s">
         <v>78</v>
       </c>
       <c r="I9" t="s">
         <v>79</v>
       </c>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="L9" t="s">
         <v>21</v>
       </c>
       <c r="M9" t="s">
         <v>21</v>
       </c>
       <c r="N9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">