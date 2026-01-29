--- v2 (2025-12-20)
+++ v3 (2026-01-29)
@@ -62,285 +62,267 @@
   <si>
     <t>Valoare FEDR proiecte</t>
   </si>
   <si>
     <t>Valoare buget stat proiecte</t>
   </si>
   <si>
     <t>Nr. Contracte</t>
   </si>
   <si>
     <t>Valoare totală contracte</t>
   </si>
   <si>
     <t>Valoare FEDR contracte</t>
   </si>
   <si>
     <t>Valoare buget stat contracte</t>
   </si>
   <si>
     <t>P1 - O regiune competitivă prin inovare, digitalizare și întreprinderi dinamice</t>
   </si>
   <si>
     <t>RSO1.2 - Valorificarea avantajelor digitalizării, în beneficiul cetățenilor, al companiilor, al organizațiilor de cercetare și al autorităților publice</t>
   </si>
   <si>
-    <t>PRSM/481/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
-[...11 lines deleted...]
-    <t>200.962.100,00</t>
+    <t>PRSM/473/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
+  </si>
+  <si>
+    <t>01.11.2024</t>
+  </si>
+  <si>
+    <t>30.06.2025</t>
+  </si>
+  <si>
+    <t>220.603.605,91</t>
+  </si>
+  <si>
+    <t>184.845.939,76</t>
+  </si>
+  <si>
+    <t>28.441.595,73</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>199.096.000,00</t>
-[...19 lines deleted...]
-  <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>71.916.626,79</t>
   </si>
   <si>
     <t>42.883.253,22</t>
   </si>
   <si>
     <t>7.567.632,91</t>
   </si>
   <si>
-    <t>25.423.775,22</t>
-[...5 lines deleted...]
-    <t>2.604.681,79</t>
+    <t>26.959.962,05</t>
+  </si>
+  <si>
+    <t>15.597.867,32</t>
+  </si>
+  <si>
+    <t>2.752.564,82</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>220.987.915,11</t>
   </si>
   <si>
     <t>97.261.648,37</t>
   </si>
   <si>
     <t>17.163.820,29</t>
   </si>
   <si>
     <t>143.563.646,28</t>
   </si>
   <si>
     <t>59.882.412,71</t>
   </si>
   <si>
     <t>10.567.484,59</t>
   </si>
   <si>
     <t>P2 - O regiune cu orașe prietenoase cu mediul</t>
   </si>
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>227.658.723,61</t>
-[...14 lines deleted...]
-    <t>20.291.949,64</t>
+    <t>230.252.102,18</t>
+  </si>
+  <si>
+    <t>152.853.071,73</t>
+  </si>
+  <si>
+    <t>23.377.528,67</t>
+  </si>
+  <si>
+    <t>230.566.187,24</t>
+  </si>
+  <si>
+    <t>152.963.131,68</t>
+  </si>
+  <si>
+    <t>23.394.361,37</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>31.479.173,38</t>
   </si>
   <si>
     <t>19.406.578,67</t>
   </si>
   <si>
     <t>2.256.536,87</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>28.797.968,97</t>
   </si>
   <si>
     <t>13.719.544,72</t>
   </si>
   <si>
     <t>789.524,49</t>
   </si>
   <si>
-    <t>28.496.519,27</t>
+    <t>29.058.851,49</t>
   </si>
   <si>
     <t>13.715.775,31</t>
   </si>
   <si>
     <t>788.948,00</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>154.504.016,94</t>
-[...5 lines deleted...]
-    <t>17.556.934,74</t>
+    <t>210.753.413,32</t>
+  </si>
+  <si>
+    <t>157.170.822,80</t>
+  </si>
+  <si>
+    <t>24.037.890,82</t>
   </si>
   <si>
     <t>P3 - O regiune cu mobilitate urbană durabilă</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>132.426.477,70</t>
   </si>
   <si>
     <t>8.416.128,14</t>
   </si>
   <si>
     <t>629.303,38</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>76.179.244,22</t>
   </si>
   <si>
     <t>54.393.782,58</t>
   </si>
   <si>
     <t>1.893.383,93</t>
   </si>
   <si>
-    <t>76.179.068,45</t>
+    <t>76.405.944,29</t>
   </si>
   <si>
     <t>54.393.782,57</t>
   </si>
   <si>
     <t>8.319.049,13</t>
   </si>
   <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>16.09.2024</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>32.075.806,72</t>
   </si>
   <si>
     <t>27.264.435,71</t>
   </si>
   <si>
     <t>4.169.854,87</t>
   </si>
@@ -368,50 +350,59 @@
   <si>
     <t>79.564.387,15</t>
   </si>
   <si>
     <t>628.649.161,85</t>
   </si>
   <si>
     <t>520.228.685,24</t>
   </si>
   <si>
     <t>79.564.387,17</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>59.895.705,18</t>
   </si>
   <si>
     <t>48.704.300,76</t>
   </si>
   <si>
     <t>7.448.893,05</t>
   </si>
   <si>
+    <t>59.995.783,79</t>
+  </si>
+  <si>
+    <t>48.704.300,75</t>
+  </si>
+  <si>
+    <t>7.448.893,06</t>
+  </si>
+  <si>
     <t>P5 - O regiune educată</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>63.089.148,29</t>
   </si>
   <si>
     <t>29.869.459,22</t>
   </si>
   <si>
     <t>16.304.211,73</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
@@ -450,50 +441,59 @@
     <t>1.547.364,10</t>
   </si>
   <si>
     <t>P6 - O regiune atractivă</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/385/PRSM_P6/OP5/RSO5.1/PRSM_A32</t>
   </si>
   <si>
     <t>09.07.2024</t>
   </si>
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>66.863.674,30</t>
   </si>
   <si>
     <t>25.413.989,69</t>
   </si>
   <si>
     <t>3.886.845,49</t>
+  </si>
+  <si>
+    <t>67.979.966,63</t>
+  </si>
+  <si>
+    <t>25.318.220,00</t>
+  </si>
+  <si>
+    <t>3.872.198,34</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>236.045.128,47</t>
   </si>
   <si>
     <t>172.879.517,84</t>
   </si>
   <si>
     <t>26.440.342,04</t>
   </si>
   <si>
     <t>21.938.576,15</t>
   </si>
@@ -867,51 +867,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:N19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="80" customWidth="true" style="1"/>
     <col min="4" max="4" width="80" customWidth="true" style="1"/>
     <col min="5" max="5" width="20" customWidth="true" style="1"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -955,834 +955,793 @@
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
         <v>19</v>
       </c>
       <c r="I2" t="s">
         <v>20</v>
       </c>
       <c r="J2" t="s">
         <v>21</v>
       </c>
-      <c r="K2">
-[...1 lines deleted...]
-      </c>
       <c r="L2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="M2" t="s">
         <v>22</v>
       </c>
       <c r="N2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G3">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J3" t="s">
-        <v>28</v>
+        <v>29</v>
+      </c>
+      <c r="K3">
+        <v>21</v>
       </c>
       <c r="L3" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="N3" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4">
         <v>29</v>
       </c>
-      <c r="D4" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K4">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G5">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="K5">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G6">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="H6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="J6" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="M6" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="N6" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>61</v>
       </c>
       <c r="G7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H7" t="s">
         <v>62</v>
       </c>
       <c r="I7" t="s">
         <v>63</v>
       </c>
       <c r="J7" t="s">
         <v>64</v>
       </c>
+      <c r="K7">
+        <v>4</v>
+      </c>
       <c r="L7" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G8">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="I8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>74</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="N8" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G9">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I9" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="N9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
         <v>84</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="H10" t="s">
         <v>85</v>
       </c>
-      <c r="G10">
-[...2 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>86</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>87</v>
       </c>
-      <c r="J10" t="s">
+      <c r="K10">
+        <v>1</v>
+      </c>
+      <c r="L10" t="s">
         <v>88</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M10" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="F11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="I11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J11" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="L11" t="s">
-        <v>94</v>
+        <v>22</v>
       </c>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="N11" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H12" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I12" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J12" t="s">
-        <v>102</v>
+        <v>104</v>
+      </c>
+      <c r="K12">
+        <v>2</v>
       </c>
       <c r="L12" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>106</v>
+        <v>60</v>
       </c>
       <c r="F13" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="G13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>66</v>
+        <v>118</v>
       </c>
       <c r="F14" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H14" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="J14" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="L14" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="N14" t="s">
-        <v>117</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G15">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="H15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="L15" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="N15" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F16" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="G16">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="H16" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="I16" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="J16" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="L16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="N16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="I17" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J17" t="s">
-        <v>137</v>
+        <v>142</v>
+      </c>
+      <c r="K17">
+        <v>1</v>
       </c>
       <c r="L17" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="M17" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="N17" t="s">
-        <v>21</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="F18" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="G18">
+        <v>9</v>
+      </c>
+      <c r="H18" t="s">
+        <v>150</v>
+      </c>
+      <c r="I18" t="s">
+        <v>151</v>
+      </c>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18">
         <v>1</v>
       </c>
-      <c r="H18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="M18" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="N18" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="F19" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="G19">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="H19" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="I19" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="J19" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>161</v>
       </c>
       <c r="L19" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="M19" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="N19" t="s">
-        <v>155</v>
-[...40 lines deleted...]
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">