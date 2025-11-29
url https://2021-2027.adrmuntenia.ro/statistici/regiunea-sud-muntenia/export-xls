--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -98,114 +98,114 @@
   <si>
     <t>204.589.109,50</t>
   </si>
   <si>
     <t>640.060,50</t>
   </si>
   <si>
     <t>236.426.000,00</t>
   </si>
   <si>
     <t>199.096.000,00</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>PRSM/473/PRSM_P1/OP1/RSO1.2/PRSM_A38</t>
   </si>
   <si>
     <t>01.11.2024</t>
   </si>
   <si>
     <t>30.06.2025</t>
   </si>
   <si>
-    <t>1.627.704.467,99</t>
-[...2 lines deleted...]
-    <t>1.354.574.392,77</t>
+    <t>1.627.704.467,96</t>
+  </si>
+  <si>
+    <t>1.354.574.392,74</t>
   </si>
   <si>
     <t>207.178.517,06</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>1.289.709.777,16</t>
   </si>
   <si>
     <t>591.583.745,48</t>
   </si>
   <si>
     <t>105.878.583,99</t>
   </si>
   <si>
-    <t>236.498.425,29</t>
-[...5 lines deleted...]
-    <t>23.582.536,17</t>
+    <t>267.535.138,35</t>
+  </si>
+  <si>
+    <t>151.528.866,72</t>
+  </si>
+  <si>
+    <t>26.740.388,24</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>5.812.240.529,63</t>
   </si>
   <si>
     <t>2.468.109.825,60</t>
   </si>
   <si>
     <t>435.517.667,93</t>
   </si>
   <si>
-    <t>2.439.080.481,19</t>
-[...5 lines deleted...]
-    <t>179.455.434,93</t>
+    <t>3.006.621.076,83</t>
+  </si>
+  <si>
+    <t>1.238.451.242,06</t>
+  </si>
+  <si>
+    <t>218.550.219,18</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -236,93 +236,93 @@
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>715.524.705,89</t>
   </si>
   <si>
     <t>608.196.000,01</t>
   </si>
   <si>
     <t>107.328.705,88</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>665.303.647,65</t>
-[...14 lines deleted...]
-    <t>16.433.000,44</t>
+    <t>744.261.933,52</t>
+  </si>
+  <si>
+    <t>479.502.564,06</t>
+  </si>
+  <si>
+    <t>73.335.010,02</t>
+  </si>
+  <si>
+    <t>459.378.721,39</t>
+  </si>
+  <si>
+    <t>289.196.163,86</t>
+  </si>
+  <si>
+    <t>44.230.001,41</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>399.451.549,90</t>
   </si>
   <si>
     <t>317.406.407,81</t>
   </si>
   <si>
     <t>48.544.676,40</t>
   </si>
   <si>
-    <t>140.838.522,56</t>
-[...5 lines deleted...]
-    <t>16.710.589,60</t>
+    <t>197.025.164,53</t>
+  </si>
+  <si>
+    <t>152.643.740,48</t>
+  </si>
+  <si>
+    <t>23.344.998,76</t>
   </si>
   <si>
     <t>PRSM/428/PRSM_P2/OP2/RSO2.1/PRSM_A37 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>2.555.262,07</t>
   </si>
   <si>
     <t>767.472,69</t>
   </si>
   <si>
     <t>-225.727,27</t>
   </si>
   <si>
     <t>117.378,18</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
@@ -350,93 +350,93 @@
   <si>
     <t>42.507.854,12</t>
   </si>
   <si>
     <t>5.192.442,36</t>
   </si>
   <si>
     <t>76.931.060,99</t>
   </si>
   <si>
     <t>41.587.989,77</t>
   </si>
   <si>
     <t>5.051.757,24</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...17 lines deleted...]
-    <t>3.233.554,98</t>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>1.034.605.386,12</t>
+  </si>
+  <si>
+    <t>762.346.870,99</t>
+  </si>
+  <si>
+    <t>116.508.862,83</t>
+  </si>
+  <si>
+    <t>89.302.430,06</t>
+  </si>
+  <si>
+    <t>62.341.211,67</t>
+  </si>
+  <si>
+    <t>9.534.538,23</t>
   </si>
   <si>
     <t>P3 - 3</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
-    <t>386.794.927,73</t>
-[...5 lines deleted...]
-    <t>25.192.116,50</t>
+    <t>396.652.496,98</t>
+  </si>
+  <si>
+    <t>177.221.187,05</t>
+  </si>
+  <si>
+    <t>26.446.547,65</t>
   </si>
   <si>
     <t>111.112.661,00</t>
   </si>
   <si>
     <t>84.750.296,39</t>
   </si>
   <si>
     <t>12.961.810,01</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>339.775.087,34</t>
   </si>
   <si>
     <t>266.459.790,64</t>
   </si>
   <si>
     <t>34.327.008,68</t>
   </si>
   <si>
     <t>415.122.558,55</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>7.499.280,37</t>
   </si>
   <si>
     <t>62.210.627,80</t>
   </si>
   <si>
     <t>34.820.389,37</t>
   </si>
   <si>
     <t>5.325.471,40</t>
   </si>
   <si>
     <t>P4 - 4</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
-    <t>31.12.2025</t>
+    <t>31.12.2026</t>
   </si>
   <si>
     <t>3.268.719.861,34</t>
   </si>
   <si>
     <t>2.661.068.280,45</t>
   </si>
   <si>
     <t>407.116.201,08</t>
   </si>
   <si>
     <t>2.650.425.485,09</t>
   </si>
   <si>
     <t>2.082.804.669,48</t>
   </si>
   <si>
     <t>318.546.596,49</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>126.691.372,29</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>15.027.301,13</t>
   </si>
   <si>
     <t>P5 - 5</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>482.370.695,29</t>
   </si>
   <si>
     <t>199.105.716,88</t>
   </si>
   <si>
-    <t>187.389.660,20</t>
+    <t>187.202.845,45</t>
   </si>
   <si>
     <t>32.308.925,66</t>
   </si>
   <si>
     <t>9.308.574,22</t>
   </si>
   <si>
     <t>9.704.353,54</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>57.170.861,72</t>
   </si>
   <si>
     <t>18.451.288,81</t>
   </si>
   <si>
     <t>19.235.672,77</t>
   </si>
@@ -650,57 +650,57 @@
   <si>
     <t>42.379.348,24</t>
   </si>
   <si>
     <t>44.181.221,97</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>157.706.151,26</t>
   </si>
   <si>
     <t>60.718.219,27</t>
   </si>
   <si>
     <t>63.298.150,27</t>
   </si>
   <si>
-    <t>100.861.866,38</t>
-[...5 lines deleted...]
-    <t>39.596.816,02</t>
+    <t>121.471.741,37</t>
+  </si>
+  <si>
+    <t>47.575.992,18</t>
+  </si>
+  <si>
+    <t>49.598.202,50</t>
   </si>
   <si>
     <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - etapizate</t>
   </si>
   <si>
     <t>35.324.319,68</t>
   </si>
   <si>
     <t>14.457.672,77</t>
   </si>
   <si>
     <t>15.069.252,23</t>
   </si>
   <si>
     <t>26.661.909,88</t>
   </si>
   <si>
     <t>9.666.579,07</t>
   </si>
   <si>
     <t>10.076.999,47</t>
   </si>
   <si>
     <t>P6 - 6</t>
   </si>
@@ -743,99 +743,99 @@
   <si>
     <t>13.013.828,86</t>
   </si>
   <si>
     <t>1.990.350,28</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>274.736.991,64</t>
   </si>
   <si>
     <t>216.732.403,95</t>
   </si>
   <si>
     <t>35.610.280,42</t>
   </si>
   <si>
-    <t>67.368.470,88</t>
-[...5 lines deleted...]
-    <t>9.834.582,91</t>
+    <t>100.764.111,61</t>
+  </si>
+  <si>
+    <t>83.503.523,00</t>
+  </si>
+  <si>
+    <t>14.735.915,82</t>
   </si>
   <si>
     <t>PRSM/702/PRSM_P6/OP5/RSO5.1/PRSM_A11</t>
   </si>
   <si>
     <t>119.254.117,62</t>
   </si>
   <si>
     <t>101.365.999,98</t>
   </si>
   <si>
     <t>17.888.117,64</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>849.680.228,39</t>
   </si>
   <si>
     <t>567.192.768,63</t>
   </si>
   <si>
     <t>86.747.074,51</t>
   </si>
   <si>
-    <t>30.644.196,85</t>
-[...5 lines deleted...]
-    <t>3.235.634,99</t>
+    <t>52.582.773,00</t>
+  </si>
+  <si>
+    <t>30.290.464,35</t>
+  </si>
+  <si>
+    <t>4.632.659,24</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>11.640.137,30</t>
   </si>
   <si>
     <t>7.031.468,91</t>
   </si>
   <si>
     <t>1.075.401,11</t>
   </si>
   <si>
     <t>11.699.050,62</t>
   </si>
   <si>
     <t>7.113.836,93</t>
   </si>
   <si>
     <t>1.087.998,57</t>
   </si>
@@ -1478,95 +1478,95 @@
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4">
         <v>820</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
         <v>36</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="K4">
-        <v>178</v>
+        <v>201</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5">
         <v>559</v>
       </c>
       <c r="H5" t="s">
         <v>44</v>
       </c>
       <c r="I5" t="s">
         <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5">
-        <v>209</v>
+        <v>254</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
@@ -1686,107 +1686,107 @@
       </c>
       <c r="N8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
       <c r="I9" t="s">
         <v>75</v>
       </c>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="L9" t="s">
         <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>82</v>
       </c>
       <c r="G10">
         <v>28</v>
       </c>
       <c r="H10" t="s">
         <v>83</v>
       </c>
       <c r="I10" t="s">
         <v>84</v>
       </c>
       <c r="J10" t="s">
         <v>85</v>
       </c>
       <c r="K10">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L10" t="s">
         <v>86</v>
       </c>
       <c r="M10" t="s">
         <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E11" t="s">
@@ -1903,95 +1903,95 @@
       </c>
       <c r="N13" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E14" t="s">
         <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>112</v>
       </c>
       <c r="G14">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="H14" t="s">
         <v>113</v>
       </c>
       <c r="I14" t="s">
         <v>114</v>
       </c>
       <c r="J14" t="s">
         <v>115</v>
       </c>
       <c r="K14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>122</v>
       </c>
       <c r="F15" t="s">
         <v>123</v>
       </c>
       <c r="G15">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H15" t="s">
         <v>124</v>
       </c>
       <c r="I15" t="s">
         <v>125</v>
       </c>
       <c r="J15" t="s">
         <v>126</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
       <c r="L15" t="s">
         <v>127</v>
       </c>
       <c r="M15" t="s">
         <v>128</v>
       </c>
       <c r="N15" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
@@ -2399,51 +2399,51 @@
       <c r="C25" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E25" t="s">
         <v>207</v>
       </c>
       <c r="F25" t="s">
         <v>208</v>
       </c>
       <c r="G25">
         <v>8</v>
       </c>
       <c r="H25" t="s">
         <v>209</v>
       </c>
       <c r="I25" t="s">
         <v>210</v>
       </c>
       <c r="J25" t="s">
         <v>211</v>
       </c>
       <c r="K25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L25" t="s">
         <v>212</v>
       </c>
       <c r="M25" t="s">
         <v>213</v>
       </c>
       <c r="N25" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E26" t="s">
@@ -2572,51 +2572,51 @@
       <c r="C29" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>237</v>
       </c>
       <c r="E29" t="s">
         <v>238</v>
       </c>
       <c r="F29" t="s">
         <v>239</v>
       </c>
       <c r="G29">
         <v>9</v>
       </c>
       <c r="H29" t="s">
         <v>240</v>
       </c>
       <c r="I29" t="s">
         <v>241</v>
       </c>
       <c r="J29" t="s">
         <v>242</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L29" t="s">
         <v>243</v>
       </c>
       <c r="M29" t="s">
         <v>244</v>
       </c>
       <c r="N29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>246</v>
       </c>
       <c r="E30" t="s">
@@ -2660,51 +2660,51 @@
       <c r="C31" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>251</v>
       </c>
       <c r="E31" t="s">
         <v>252</v>
       </c>
       <c r="F31" t="s">
         <v>253</v>
       </c>
       <c r="G31">
         <v>30</v>
       </c>
       <c r="H31" t="s">
         <v>254</v>
       </c>
       <c r="I31" t="s">
         <v>255</v>
       </c>
       <c r="J31" t="s">
         <v>256</v>
       </c>
       <c r="K31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L31" t="s">
         <v>257</v>
       </c>
       <c r="M31" t="s">
         <v>258</v>
       </c>
       <c r="N31" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E32" t="s">