--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -119,93 +119,93 @@
   <si>
     <t>30.06.2025</t>
   </si>
   <si>
     <t>1.627.704.467,96</t>
   </si>
   <si>
     <t>1.354.574.392,74</t>
   </si>
   <si>
     <t>207.178.517,06</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
-    <t>1.289.709.777,16</t>
-[...14 lines deleted...]
-    <t>26.740.388,24</t>
+    <t>1.290.563.422,56</t>
+  </si>
+  <si>
+    <t>592.034.599,13</t>
+  </si>
+  <si>
+    <t>105.958.146,40</t>
+  </si>
+  <si>
+    <t>271.335.595,96</t>
+  </si>
+  <si>
+    <t>153.867.289,81</t>
+  </si>
+  <si>
+    <t>27.153.051,12</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>5.812.240.529,63</t>
   </si>
   <si>
     <t>2.468.109.825,60</t>
   </si>
   <si>
     <t>435.517.667,93</t>
   </si>
   <si>
-    <t>3.006.621.076,83</t>
-[...5 lines deleted...]
-    <t>218.550.219,18</t>
+    <t>3.376.705.933,79</t>
+  </si>
+  <si>
+    <t>1.389.941.094,38</t>
+  </si>
+  <si>
+    <t>245.283.722,60</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -236,93 +236,93 @@
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>715.524.705,89</t>
   </si>
   <si>
     <t>608.196.000,01</t>
   </si>
   <si>
     <t>107.328.705,88</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>744.261.933,52</t>
-[...14 lines deleted...]
-    <t>44.230.001,41</t>
+    <t>861.676.620,63</t>
+  </si>
+  <si>
+    <t>557.208.869,07</t>
+  </si>
+  <si>
+    <t>85.219.503,35</t>
+  </si>
+  <si>
+    <t>562.880.801,35</t>
+  </si>
+  <si>
+    <t>338.102.485,96</t>
+  </si>
+  <si>
+    <t>51.709.791,88</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>399.451.549,90</t>
   </si>
   <si>
     <t>317.406.407,81</t>
   </si>
   <si>
     <t>48.544.676,40</t>
   </si>
   <si>
-    <t>197.025.164,53</t>
-[...5 lines deleted...]
-    <t>23.344.998,76</t>
+    <t>301.628.571,72</t>
+  </si>
+  <si>
+    <t>234.914.963,98</t>
+  </si>
+  <si>
+    <t>35.927.656,48</t>
   </si>
   <si>
     <t>PRSM/428/PRSM_P2/OP2/RSO2.1/PRSM_A37 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>2.555.262,07</t>
   </si>
   <si>
     <t>767.472,69</t>
   </si>
   <si>
     <t>-225.727,27</t>
   </si>
   <si>
     <t>117.378,18</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
@@ -353,120 +353,120 @@
   <si>
     <t>5.192.442,36</t>
   </si>
   <si>
     <t>76.931.060,99</t>
   </si>
   <si>
     <t>41.587.989,77</t>
   </si>
   <si>
     <t>5.051.757,24</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>1.034.605.386,12</t>
-[...5 lines deleted...]
-    <t>116.508.862,83</t>
+    <t>1.303.140.400,21</t>
+  </si>
+  <si>
+    <t>951.862.913,56</t>
+  </si>
+  <si>
+    <t>145.493.669,25</t>
   </si>
   <si>
     <t>89.302.430,06</t>
   </si>
   <si>
     <t>62.341.211,67</t>
   </si>
   <si>
     <t>9.534.538,23</t>
   </si>
   <si>
     <t>P3 - 3</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
     <t>396.652.496,98</t>
   </si>
   <si>
     <t>177.221.187,05</t>
   </si>
   <si>
     <t>26.446.547,65</t>
   </si>
   <si>
-    <t>111.112.661,00</t>
-[...5 lines deleted...]
-    <t>12.961.810,01</t>
+    <t>198.429.533,30</t>
+  </si>
+  <si>
+    <t>114.996.726,67</t>
+  </si>
+  <si>
+    <t>17.587.734,64</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>339.775.087,34</t>
   </si>
   <si>
     <t>266.459.790,64</t>
   </si>
   <si>
     <t>34.327.008,68</t>
   </si>
   <si>
-    <t>415.122.558,55</t>
-[...5 lines deleted...]
-    <t>39.554.751,12</t>
+    <t>248.753.582,66</t>
+  </si>
+  <si>
+    <t>190.105.878,69</t>
+  </si>
+  <si>
+    <t>29.075.016,77</t>
   </si>
   <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>16.09.2024</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>718.604.609,62</t>
   </si>
   <si>
     <t>527.719.784,67</t>
   </si>
   <si>
     <t>80.680.084,42</t>
   </si>
   <si>
     <t>103.183.775,86</t>
   </si>
   <si>
     <t>63.468.225,00</t>
   </si>
@@ -650,57 +650,57 @@
   <si>
     <t>42.379.348,24</t>
   </si>
   <si>
     <t>44.181.221,97</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>157.706.151,26</t>
   </si>
   <si>
     <t>60.718.219,27</t>
   </si>
   <si>
     <t>63.298.150,27</t>
   </si>
   <si>
-    <t>121.471.741,37</t>
-[...5 lines deleted...]
-    <t>49.598.202,50</t>
+    <t>126.075.221,11</t>
+  </si>
+  <si>
+    <t>49.646.128,91</t>
+  </si>
+  <si>
+    <t>51.756.356,63</t>
   </si>
   <si>
     <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - etapizate</t>
   </si>
   <si>
     <t>35.324.319,68</t>
   </si>
   <si>
     <t>14.457.672,77</t>
   </si>
   <si>
     <t>15.069.252,23</t>
   </si>
   <si>
     <t>26.661.909,88</t>
   </si>
   <si>
     <t>9.666.579,07</t>
   </si>
   <si>
     <t>10.076.999,47</t>
   </si>
   <si>
     <t>P6 - 6</t>
   </si>
@@ -785,57 +785,57 @@
   <si>
     <t>17.888.117,64</t>
   </si>
   <si>
     <t>RSO5.2 - Promovarea dezvoltării locale integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în alte zone decât cele urbane</t>
   </si>
   <si>
     <t>PRSM/439/PRSM_P6/OP5/RSO5.2/PRSM_A32</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
     <t>04.08.2025</t>
   </si>
   <si>
     <t>849.680.228,39</t>
   </si>
   <si>
     <t>567.192.768,63</t>
   </si>
   <si>
     <t>86.747.074,51</t>
   </si>
   <si>
-    <t>52.582.773,00</t>
-[...5 lines deleted...]
-    <t>4.632.659,24</t>
+    <t>81.216.868,51</t>
+  </si>
+  <si>
+    <t>51.799.309,36</t>
+  </si>
+  <si>
+    <t>7.922.247,29</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>11.640.137,30</t>
   </si>
   <si>
     <t>7.031.468,91</t>
   </si>
   <si>
     <t>1.075.401,11</t>
   </si>
   <si>
     <t>11.699.050,62</t>
   </si>
   <si>
     <t>7.113.836,93</t>
   </si>
   <si>
     <t>1.087.998,57</t>
   </si>
@@ -924,50 +924,68 @@
     <t>2.806.668,49</t>
   </si>
   <si>
     <t>19.653.332,80</t>
   </si>
   <si>
     <t>16.705.332,89</t>
   </si>
   <si>
     <t>2.947.999,91</t>
   </si>
   <si>
     <t>PRSM/442/PRSM_P7/AT/AT/PRSM_A8</t>
   </si>
   <si>
     <t>25.06.2024</t>
   </si>
   <si>
     <t>94.830.574,39</t>
   </si>
   <si>
     <t>80.605.988,23</t>
   </si>
   <si>
     <t>14.224.586,16</t>
+  </si>
+  <si>
+    <t>PRSM/828/PRSM_P7/AT/AT/PRSM_A8</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>15.01.2026</t>
+  </si>
+  <si>
+    <t>79.520.000,00</t>
+  </si>
+  <si>
+    <t>67.592.000,00</t>
+  </si>
+  <si>
+    <t>11.928.000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -1293,51 +1311,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:N38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="1"/>
     <col min="3" max="3" width="80" customWidth="true" style="1"/>
     <col min="4" max="4" width="80" customWidth="true" style="1"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
@@ -1478,95 +1496,95 @@
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4">
         <v>820</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
         <v>36</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="K4">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5">
         <v>559</v>
       </c>
       <c r="H5" t="s">
         <v>44</v>
       </c>
       <c r="I5" t="s">
         <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5">
-        <v>254</v>
+        <v>281</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
@@ -1686,107 +1704,107 @@
       </c>
       <c r="N8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
       <c r="I9" t="s">
         <v>75</v>
       </c>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="L9" t="s">
         <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>82</v>
       </c>
       <c r="G10">
         <v>28</v>
       </c>
       <c r="H10" t="s">
         <v>83</v>
       </c>
       <c r="I10" t="s">
         <v>84</v>
       </c>
       <c r="J10" t="s">
         <v>85</v>
       </c>
       <c r="K10">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="L10" t="s">
         <v>86</v>
       </c>
       <c r="M10" t="s">
         <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E11" t="s">
@@ -1903,51 +1921,51 @@
       </c>
       <c r="N13" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E14" t="s">
         <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>112</v>
       </c>
       <c r="G14">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H14" t="s">
         <v>113</v>
       </c>
       <c r="I14" t="s">
         <v>114</v>
       </c>
       <c r="J14" t="s">
         <v>115</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
@@ -1959,95 +1977,95 @@
       <c r="C15" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>122</v>
       </c>
       <c r="F15" t="s">
         <v>123</v>
       </c>
       <c r="G15">
         <v>7</v>
       </c>
       <c r="H15" t="s">
         <v>124</v>
       </c>
       <c r="I15" t="s">
         <v>125</v>
       </c>
       <c r="J15" t="s">
         <v>126</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15" t="s">
         <v>127</v>
       </c>
       <c r="M15" t="s">
         <v>128</v>
       </c>
       <c r="N15" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E16" t="s">
         <v>90</v>
       </c>
       <c r="F16" t="s">
         <v>82</v>
       </c>
       <c r="G16">
         <v>11</v>
       </c>
       <c r="H16" t="s">
         <v>131</v>
       </c>
       <c r="I16" t="s">
         <v>132</v>
       </c>
       <c r="J16" t="s">
         <v>133</v>
       </c>
       <c r="K16">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L16" t="s">
         <v>134</v>
       </c>
       <c r="M16" t="s">
         <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E17" t="s">
@@ -2399,51 +2417,51 @@
       <c r="C25" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E25" t="s">
         <v>207</v>
       </c>
       <c r="F25" t="s">
         <v>208</v>
       </c>
       <c r="G25">
         <v>8</v>
       </c>
       <c r="H25" t="s">
         <v>209</v>
       </c>
       <c r="I25" t="s">
         <v>210</v>
       </c>
       <c r="J25" t="s">
         <v>211</v>
       </c>
       <c r="K25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L25" t="s">
         <v>212</v>
       </c>
       <c r="M25" t="s">
         <v>213</v>
       </c>
       <c r="N25" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E26" t="s">
@@ -2660,51 +2678,51 @@
       <c r="C31" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>251</v>
       </c>
       <c r="E31" t="s">
         <v>252</v>
       </c>
       <c r="F31" t="s">
         <v>253</v>
       </c>
       <c r="G31">
         <v>30</v>
       </c>
       <c r="H31" t="s">
         <v>254</v>
       </c>
       <c r="I31" t="s">
         <v>255</v>
       </c>
       <c r="J31" t="s">
         <v>256</v>
       </c>
       <c r="K31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L31" t="s">
         <v>257</v>
       </c>
       <c r="M31" t="s">
         <v>258</v>
       </c>
       <c r="N31" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E32" t="s">
@@ -2934,50 +2952,94 @@
         <v>183</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
         <v>301</v>
       </c>
       <c r="I37" t="s">
         <v>302</v>
       </c>
       <c r="J37" t="s">
         <v>303</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
         <v>301</v>
       </c>
       <c r="M37" t="s">
         <v>302</v>
       </c>
       <c r="N37" t="s">
         <v>303</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E38" t="s">
+        <v>305</v>
+      </c>
+      <c r="F38" t="s">
+        <v>306</v>
+      </c>
+      <c r="G38">
+        <v>1</v>
+      </c>
+      <c r="H38" t="s">
+        <v>307</v>
+      </c>
+      <c r="I38" t="s">
+        <v>308</v>
+      </c>
+      <c r="J38" t="s">
+        <v>309</v>
+      </c>
+      <c r="K38">
+        <v>1</v>
+      </c>
+      <c r="L38" t="s">
+        <v>307</v>
+      </c>
+      <c r="M38" t="s">
+        <v>308</v>
+      </c>
+      <c r="N38" t="s">
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">