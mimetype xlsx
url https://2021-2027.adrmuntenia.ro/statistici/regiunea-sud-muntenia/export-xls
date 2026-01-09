--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -128,84 +128,84 @@
   <si>
     <t>207.178.517,06</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>1.290.563.422,56</t>
   </si>
   <si>
     <t>592.034.599,13</t>
   </si>
   <si>
     <t>105.958.146,40</t>
   </si>
   <si>
-    <t>271.335.595,96</t>
-[...5 lines deleted...]
-    <t>27.153.051,12</t>
+    <t>278.646.135,61</t>
+  </si>
+  <si>
+    <t>158.027.860,73</t>
+  </si>
+  <si>
+    <t>27.887.269,52</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>5.812.240.529,63</t>
   </si>
   <si>
     <t>2.468.109.825,60</t>
   </si>
   <si>
     <t>435.517.667,93</t>
   </si>
   <si>
-    <t>3.376.705.933,79</t>
-[...5 lines deleted...]
-    <t>245.283.722,60</t>
+    <t>3.438.093.221,57</t>
+  </si>
+  <si>
+    <t>1.416.950.005,98</t>
+  </si>
+  <si>
+    <t>250.050.001,12</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -236,231 +236,237 @@
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>715.524.705,89</t>
   </si>
   <si>
     <t>608.196.000,01</t>
   </si>
   <si>
     <t>107.328.705,88</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>861.676.620,63</t>
-[...14 lines deleted...]
-    <t>51.709.791,88</t>
+    <t>836.425.533,00</t>
+  </si>
+  <si>
+    <t>538.256.712,18</t>
+  </si>
+  <si>
+    <t>80.644.777,03</t>
+  </si>
+  <si>
+    <t>586.914.743,26</t>
+  </si>
+  <si>
+    <t>348.114.656,68</t>
+  </si>
+  <si>
+    <t>52.672.959,40</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>399.451.549,90</t>
   </si>
   <si>
     <t>317.406.407,81</t>
   </si>
   <si>
     <t>48.544.676,40</t>
   </si>
   <si>
-    <t>301.628.571,72</t>
-[...5 lines deleted...]
-    <t>35.927.656,48</t>
+    <t>333.618.456,91</t>
+  </si>
+  <si>
+    <t>261.444.816,21</t>
+  </si>
+  <si>
+    <t>39.985.164,27</t>
   </si>
   <si>
     <t>PRSM/428/PRSM_P2/OP2/RSO2.1/PRSM_A37 - etapizate</t>
   </si>
   <si>
     <t>26.06.2024</t>
   </si>
   <si>
     <t>17.07.2024</t>
   </si>
   <si>
     <t>2.555.262,07</t>
   </si>
   <si>
     <t>767.472,69</t>
   </si>
   <si>
     <t>-225.727,27</t>
   </si>
   <si>
-    <t>117.378,18</t>
+    <t>2.555.262,08</t>
+  </si>
+  <si>
+    <t>767.472,70</t>
+  </si>
+  <si>
+    <t>117.378,17</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>753.897.991,03</t>
   </si>
   <si>
     <t>517.853.679,56</t>
   </si>
   <si>
     <t>68.440.785,00</t>
   </si>
   <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>78.104.826,66</t>
   </si>
   <si>
     <t>42.507.854,12</t>
   </si>
   <si>
     <t>5.192.442,36</t>
   </si>
   <si>
-    <t>76.931.060,99</t>
-[...5 lines deleted...]
-    <t>5.051.757,24</t>
+    <t>82.203.680,39</t>
+  </si>
+  <si>
+    <t>41.587.989,78</t>
+  </si>
+  <si>
+    <t>5.051.757,21</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>1.303.140.400,21</t>
-[...5 lines deleted...]
-    <t>145.493.669,25</t>
+    <t>1.644.159.515,36</t>
+  </si>
+  <si>
+    <t>1.192.785.773,02</t>
+  </si>
+  <si>
+    <t>180.471.965,53</t>
   </si>
   <si>
     <t>89.302.430,06</t>
   </si>
   <si>
     <t>62.341.211,67</t>
   </si>
   <si>
     <t>9.534.538,23</t>
   </si>
   <si>
     <t>P3 - 3</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
-    <t>396.652.496,98</t>
-[...14 lines deleted...]
-    <t>17.587.734,64</t>
+    <t>550.716.816,79</t>
+  </si>
+  <si>
+    <t>245.742.527,06</t>
+  </si>
+  <si>
+    <t>36.914.424,03</t>
+  </si>
+  <si>
+    <t>198.429.533,00</t>
+  </si>
+  <si>
+    <t>114.996.726,68</t>
+  </si>
+  <si>
+    <t>17.587.734,63</t>
   </si>
   <si>
     <t>PRSM/435/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>339.775.087,34</t>
   </si>
   <si>
     <t>266.459.790,64</t>
   </si>
   <si>
     <t>34.327.008,68</t>
   </si>
   <si>
-    <t>248.753.582,66</t>
+    <t>248.980.458,50</t>
   </si>
   <si>
     <t>190.105.878,69</t>
   </si>
   <si>
     <t>29.075.016,77</t>
   </si>
   <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>16.09.2024</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>718.604.609,62</t>
   </si>
   <si>
     <t>527.719.784,67</t>
   </si>
   <si>
     <t>80.680.084,42</t>
   </si>
@@ -497,75 +503,75 @@
   <si>
     <t>P4 - 4</t>
   </si>
   <si>
     <t>RSO3.2 - Dezvoltarea și ameliorarea unei mobilități naționale, regionale și locale sustenabile, reziliente la schimbările climatice, inteligente și intermodale, inclusiv îmbunătățirea accesului la TEN-T și a mobilității transfrontaliere</t>
   </si>
   <si>
     <t>PRSM/149/PRSM_P4/OP3/RSO3.2/PRSM_A29</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
     <t>31.12.2026</t>
   </si>
   <si>
     <t>3.268.719.861,34</t>
   </si>
   <si>
     <t>2.661.068.280,45</t>
   </si>
   <si>
     <t>407.116.201,08</t>
   </si>
   <si>
-    <t>2.650.425.485,09</t>
+    <t>2.653.355.982,89</t>
   </si>
   <si>
     <t>2.082.804.669,48</t>
   </si>
   <si>
     <t>318.546.596,49</t>
   </si>
   <si>
     <t>PRSM/429/PRSM_P4/OP3/RSO3.2/PRSM_A29 - etapizate</t>
   </si>
   <si>
     <t>126.691.372,29</t>
   </si>
   <si>
     <t>97.873.063,54</t>
   </si>
   <si>
     <t>14.968.821,46</t>
   </si>
   <si>
-    <t>126.259.308,98</t>
-[...2 lines deleted...]
-    <t>98.255.430,68</t>
+    <t>123.409.998,05</t>
+  </si>
+  <si>
+    <t>98.255.430,67</t>
   </si>
   <si>
     <t>15.027.301,13</t>
   </si>
   <si>
     <t>P5 - 5</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>482.370.695,29</t>
   </si>
   <si>
     <t>199.105.716,88</t>
   </si>
@@ -575,179 +581,188 @@
   <si>
     <t>32.308.925,66</t>
   </si>
   <si>
     <t>9.308.574,22</t>
   </si>
   <si>
     <t>9.704.353,54</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>57.170.861,72</t>
   </si>
   <si>
     <t>18.451.288,81</t>
   </si>
   <si>
     <t>19.235.672,77</t>
   </si>
   <si>
-    <t>27.151.231,75</t>
+    <t>28.345.004,92</t>
   </si>
   <si>
     <t>11.683.624,78</t>
   </si>
   <si>
     <t>12.180.263,22</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
   </si>
   <si>
     <t>19.06.2024</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>2.306.969.247,06</t>
   </si>
   <si>
     <t>968.344.158,64</t>
   </si>
   <si>
     <t>956.349.053,22</t>
   </si>
   <si>
     <t>25.311.060,67</t>
   </si>
   <si>
     <t>9.538.807,84</t>
   </si>
   <si>
     <t>9.944.376,17</t>
   </si>
   <si>
     <t>PRSM/433/PRSM_P5/OP4/RSO4.2/PRSM_A23 - etapizate</t>
   </si>
   <si>
     <t>144.691.148,33</t>
   </si>
   <si>
     <t>42.977.191,34</t>
   </si>
   <si>
     <t>44.814.916,24</t>
   </si>
   <si>
-    <t>143.485.073,13</t>
+    <t>154.708.961,44</t>
   </si>
   <si>
     <t>42.379.348,24</t>
   </si>
   <si>
     <t>44.181.221,97</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>157.706.151,26</t>
   </si>
   <si>
     <t>60.718.219,27</t>
   </si>
   <si>
     <t>63.298.150,27</t>
   </si>
   <si>
     <t>126.075.221,11</t>
   </si>
   <si>
     <t>49.646.128,91</t>
   </si>
   <si>
     <t>51.756.356,63</t>
   </si>
   <si>
     <t>PRSM/434/PRSM_P5/OP4/RSO4.2/PRSM_A22 - etapizate</t>
   </si>
   <si>
     <t>35.324.319,68</t>
   </si>
   <si>
     <t>14.457.672,77</t>
   </si>
   <si>
     <t>15.069.252,23</t>
   </si>
   <si>
-    <t>26.661.909,88</t>
+    <t>27.245.499,20</t>
   </si>
   <si>
     <t>9.666.579,07</t>
   </si>
   <si>
     <t>10.076.999,47</t>
   </si>
   <si>
     <t>P6 - 6</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/385/PRSM_P6/OP5/RSO5.1/PRSM_A32</t>
   </si>
   <si>
     <t>09.07.2024</t>
   </si>
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>174.546.688,92</t>
   </si>
   <si>
     <t>85.763.005,21</t>
   </si>
   <si>
     <t>13.116.694,91</t>
   </si>
   <si>
+    <t>67.979.966,63</t>
+  </si>
+  <si>
+    <t>25.318.220,00</t>
+  </si>
+  <si>
+    <t>3.872.198,34</t>
+  </si>
+  <si>
     <t>PRSM/437/PRSM_P6/OP5/RSO5.1/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>19.309.003,46</t>
   </si>
   <si>
     <t>12.556.647,91</t>
   </si>
   <si>
     <t>1.920.428,50</t>
   </si>
   <si>
     <t>20.588.198,97</t>
   </si>
   <si>
     <t>13.013.828,86</t>
   </si>
   <si>
     <t>1.990.350,28</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
@@ -809,51 +824,51 @@
   <si>
     <t>81.216.868,51</t>
   </si>
   <si>
     <t>51.799.309,36</t>
   </si>
   <si>
     <t>7.922.247,29</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>11.640.137,30</t>
   </si>
   <si>
     <t>7.031.468,91</t>
   </si>
   <si>
     <t>1.075.401,11</t>
   </si>
   <si>
-    <t>11.699.050,62</t>
+    <t>13.730.262,57</t>
   </si>
   <si>
     <t>7.113.836,93</t>
   </si>
   <si>
     <t>1.087.998,57</t>
   </si>
   <si>
     <t>PRSM/380/PRSM_P6/OP5/RSO5.2/PRSM_A40</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>647.273.057,14</t>
   </si>
   <si>
     <t>529.462.748,31</t>
   </si>
   <si>
     <t>90.163.688,35</t>
   </si>
   <si>
     <t>68.416.072,16</t>
   </si>
@@ -1496,95 +1511,95 @@
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4">
         <v>820</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
         <v>36</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="K4">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5">
         <v>559</v>
       </c>
       <c r="H5" t="s">
         <v>44</v>
       </c>
       <c r="I5" t="s">
         <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
@@ -1704,1342 +1719,1345 @@
       </c>
       <c r="N8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
       <c r="I9" t="s">
         <v>75</v>
       </c>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L9" t="s">
         <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>82</v>
       </c>
       <c r="G10">
         <v>28</v>
       </c>
       <c r="H10" t="s">
         <v>83</v>
       </c>
       <c r="I10" t="s">
         <v>84</v>
       </c>
       <c r="J10" t="s">
         <v>85</v>
       </c>
       <c r="K10">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>86</v>
       </c>
       <c r="M10" t="s">
         <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E11" t="s">
         <v>90</v>
       </c>
       <c r="F11" t="s">
         <v>91</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
         <v>92</v>
       </c>
       <c r="I11" t="s">
         <v>93</v>
       </c>
       <c r="J11" t="s">
         <v>94</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E12" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G12">
         <v>81</v>
       </c>
       <c r="H12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I12" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
       <c r="M12" t="s">
         <v>24</v>
       </c>
       <c r="N12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
         <v>90</v>
       </c>
       <c r="F13" t="s">
         <v>91</v>
       </c>
       <c r="G13">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="K13">
         <v>12</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="N13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G14">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I14" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J14" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="M14" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="N14" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G15">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="I15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="N15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E16" t="s">
         <v>90</v>
       </c>
       <c r="F16" t="s">
         <v>82</v>
       </c>
       <c r="G16">
         <v>11</v>
       </c>
       <c r="H16" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I16" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K16">
         <v>10</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M16" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="N16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E17" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F17" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G17">
         <v>12</v>
       </c>
       <c r="H17" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="I17" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="J17" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="M17" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18">
         <v>5</v>
       </c>
       <c r="H18" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I18" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="J18" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M18" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="N18" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E19" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F19" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G19">
         <v>11</v>
       </c>
       <c r="H19" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I19" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J19" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K19">
         <v>9</v>
       </c>
       <c r="L19" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="M19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N19" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E20" t="s">
         <v>90</v>
       </c>
       <c r="F20" t="s">
         <v>91</v>
       </c>
       <c r="G20">
         <v>3</v>
       </c>
       <c r="H20" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I20" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="J20" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M20" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="N20" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E21" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F21" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G21">
         <v>49</v>
       </c>
       <c r="H21" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I21" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J21" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M21" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="N21" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E22" t="s">
         <v>90</v>
       </c>
       <c r="F22" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G22">
         <v>7</v>
       </c>
       <c r="H22" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="K22">
         <v>6</v>
       </c>
       <c r="L22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="M22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N22" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E23" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F23" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G23">
         <v>126</v>
       </c>
       <c r="H23" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I23" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="J23" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="N23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E24" t="s">
         <v>90</v>
       </c>
       <c r="F24" t="s">
         <v>82</v>
       </c>
       <c r="G24">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I24" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J24" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="K24">
         <v>15</v>
       </c>
       <c r="L24" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M24" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="N24" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E25" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="F25" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G25">
         <v>8</v>
       </c>
       <c r="H25" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="I25" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J25" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K25">
         <v>6</v>
       </c>
       <c r="L25" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M25" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="N25" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E26" t="s">
         <v>90</v>
       </c>
       <c r="F26" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G26">
         <v>5</v>
       </c>
       <c r="H26" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I26" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J26" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="M26" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="N26" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F27" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G27">
         <v>3</v>
       </c>
       <c r="H27" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I27" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J27" t="s">
-        <v>229</v>
+        <v>231</v>
+      </c>
+      <c r="K27">
+        <v>1</v>
       </c>
       <c r="L27" t="s">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="N27" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E28" t="s">
         <v>90</v>
       </c>
       <c r="F28" t="s">
         <v>91</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="I28" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="J28" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="M28" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="N28" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E29" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F29" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="G29">
         <v>9</v>
       </c>
       <c r="H29" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="I29" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="J29" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="M29" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="N29" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="I30" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="J30" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="M30" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="N30" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E31" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F31" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G31">
         <v>30</v>
       </c>
       <c r="H31" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="I31" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="J31" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="M31" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="N31" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E32" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F32" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="G32">
         <v>7</v>
       </c>
       <c r="H32" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="I32" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="J32" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="K32">
         <v>7</v>
       </c>
       <c r="L32" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="M32" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="N32" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="E33" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F33" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="G33">
         <v>24</v>
       </c>
       <c r="H33" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="I33" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="J33" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="M33" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="N33" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E34" t="s">
         <v>60</v>
       </c>
       <c r="F34" t="s">
         <v>61</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="I34" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="J34" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="M34" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="N34" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E35" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="F35" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I35" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="J35" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="M35" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="N35" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E36" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F36" t="s">
         <v>82</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="I36" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="J36" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="M36" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="N36" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="E37" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F37" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="I37" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="J37" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="M37" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="N37" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="E38" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F38" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="I38" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="J38" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="M38" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="N38" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">