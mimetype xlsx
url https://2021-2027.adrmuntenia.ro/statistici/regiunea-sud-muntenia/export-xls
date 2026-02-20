--- v3 (2026-01-09)
+++ v4 (2026-02-20)
@@ -128,84 +128,84 @@
   <si>
     <t>207.178.517,06</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>1.290.563.422,56</t>
   </si>
   <si>
     <t>592.034.599,13</t>
   </si>
   <si>
     <t>105.958.146,40</t>
   </si>
   <si>
-    <t>278.646.135,61</t>
-[...5 lines deleted...]
-    <t>27.887.269,52</t>
+    <t>287.767.701,87</t>
+  </si>
+  <si>
+    <t>162.834.727,65</t>
+  </si>
+  <si>
+    <t>28.735.540,14</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>5.812.240.529,63</t>
   </si>
   <si>
     <t>2.468.109.825,60</t>
   </si>
   <si>
     <t>435.517.667,93</t>
   </si>
   <si>
-    <t>3.438.093.221,57</t>
-[...5 lines deleted...]
-    <t>250.050.001,12</t>
+    <t>3.541.941.256,27</t>
+  </si>
+  <si>
+    <t>1.464.133.472,71</t>
+  </si>
+  <si>
+    <t>258.376.495,25</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -236,66 +236,66 @@
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>715.524.705,89</t>
   </si>
   <si>
     <t>608.196.000,01</t>
   </si>
   <si>
     <t>107.328.705,88</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>836.425.533,00</t>
-[...14 lines deleted...]
-    <t>52.672.959,40</t>
+    <t>958.476.590,92</t>
+  </si>
+  <si>
+    <t>625.494.734,07</t>
+  </si>
+  <si>
+    <t>95.554.287,78</t>
+  </si>
+  <si>
+    <t>668.375.821,54</t>
+  </si>
+  <si>
+    <t>409.663.031,96</t>
+  </si>
+  <si>
+    <t>62.654.351,39</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>399.451.549,90</t>
   </si>
   <si>
     <t>317.406.407,81</t>
   </si>
   <si>
     <t>48.544.676,40</t>
   </si>
   <si>
     <t>333.618.456,91</t>
   </si>
   <si>
     <t>261.444.816,21</t>
   </si>
@@ -359,57 +359,57 @@
   <si>
     <t>5.192.442,36</t>
   </si>
   <si>
     <t>82.203.680,39</t>
   </si>
   <si>
     <t>41.587.989,78</t>
   </si>
   <si>
     <t>5.051.757,21</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
-    <t>1.644.159.515,36</t>
-[...5 lines deleted...]
-    <t>180.471.965,53</t>
+    <t>1.659.749.039,67</t>
+  </si>
+  <si>
+    <t>1.202.273.941,73</t>
+  </si>
+  <si>
+    <t>181.923.097,23</t>
   </si>
   <si>
     <t>89.302.430,06</t>
   </si>
   <si>
     <t>62.341.211,67</t>
   </si>
   <si>
     <t>9.534.538,23</t>
   </si>
   <si>
     <t>P3 - 3</t>
   </si>
   <si>
     <t>RSO2.8 - Promovarea mobilității urbane multimodale sustenabile, ca parte a tranziției către o economie cu zero emisii de dioxid de carbon</t>
   </si>
   <si>
     <t>PRSM/414/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>22.07.2024</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
@@ -449,57 +449,57 @@
   <si>
     <t>190.105.878,69</t>
   </si>
   <si>
     <t>29.075.016,77</t>
   </si>
   <si>
     <t>PRSM/366/PRSM_P3/OP2/RSO2.8/PRSM_A26</t>
   </si>
   <si>
     <t>16.09.2024</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>718.604.609,62</t>
   </si>
   <si>
     <t>527.719.784,67</t>
   </si>
   <si>
     <t>80.680.084,42</t>
   </si>
   <si>
-    <t>103.183.775,86</t>
-[...5 lines deleted...]
-    <t>9.706.905,01</t>
+    <t>158.576.440,75</t>
+  </si>
+  <si>
+    <t>110.551.990,16</t>
+  </si>
+  <si>
+    <t>16.907.951,44</t>
   </si>
   <si>
     <t>PRSM/438/PRSM_P3/OP2/RSO2.8/PRSM_A26 - etapizate</t>
   </si>
   <si>
     <t>81.110.328,41</t>
   </si>
   <si>
     <t>49.033.755,64</t>
   </si>
   <si>
     <t>7.499.280,37</t>
   </si>
   <si>
     <t>62.210.627,80</t>
   </si>
   <si>
     <t>34.820.389,37</t>
   </si>
   <si>
     <t>5.325.471,40</t>
   </si>
   <si>
     <t>P4 - 4</t>
   </si>
@@ -557,57 +557,57 @@
   <si>
     <t>P5 - 5</t>
   </si>
   <si>
     <t>RSO4.2 - Îmbunătățirea accesului la servicii și favorabile incluziunii și de calitate în educație, formare și învățare pe tot parcursul vieții prin dezvoltarea infrastructurii accesibile, inclusiv prin promovarea rezilienței pentru educația și formarea la distanță și online</t>
   </si>
   <si>
     <t>PRSM/318/PRSM_P5/OP4/RSO4.2/PRSM_A1</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>482.370.695,29</t>
   </si>
   <si>
     <t>199.105.716,88</t>
   </si>
   <si>
     <t>187.202.845,45</t>
   </si>
   <si>
-    <t>32.308.925,66</t>
-[...5 lines deleted...]
-    <t>9.704.353,54</t>
+    <t>37.491.830,86</t>
+  </si>
+  <si>
+    <t>11.580.127,37</t>
+  </si>
+  <si>
+    <t>12.072.487,94</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>57.170.861,72</t>
   </si>
   <si>
     <t>18.451.288,81</t>
   </si>
   <si>
     <t>19.235.672,77</t>
   </si>
   <si>
     <t>28.345.004,92</t>
   </si>
   <si>
     <t>11.683.624,78</t>
   </si>
   <si>
     <t>12.180.263,22</t>
   </si>
@@ -710,57 +710,57 @@
   <si>
     <t>P6 - 6</t>
   </si>
   <si>
     <t>RSO5.1 - Promovarea dezvoltării integrate și incluzive în domeniul social, economic și al mediului, precum și a culturii, a patrimoniului natural, a turismului sustenabil și a securității în zonele urbane</t>
   </si>
   <si>
     <t>PRSM/385/PRSM_P6/OP5/RSO5.1/PRSM_A32</t>
   </si>
   <si>
     <t>09.07.2024</t>
   </si>
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>174.546.688,92</t>
   </si>
   <si>
     <t>85.763.005,21</t>
   </si>
   <si>
     <t>13.116.694,91</t>
   </si>
   <si>
-    <t>67.979.966,63</t>
-[...5 lines deleted...]
-    <t>3.872.198,34</t>
+    <t>110.691.555,68</t>
+  </si>
+  <si>
+    <t>54.609.987,28</t>
+  </si>
+  <si>
+    <t>8.352.114,93</t>
   </si>
   <si>
     <t>PRSM/437/PRSM_P6/OP5/RSO5.1/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>19.309.003,46</t>
   </si>
   <si>
     <t>12.556.647,91</t>
   </si>
   <si>
     <t>1.920.428,50</t>
   </si>
   <si>
     <t>20.588.198,97</t>
   </si>
   <si>
     <t>13.013.828,86</t>
   </si>
   <si>
     <t>1.990.350,28</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
@@ -1511,95 +1511,95 @@
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4">
         <v>820</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
         <v>36</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="K4">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5">
         <v>559</v>
       </c>
       <c r="H5" t="s">
         <v>44</v>
       </c>
       <c r="I5" t="s">
         <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
@@ -1719,63 +1719,63 @@
       </c>
       <c r="N8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
       <c r="I9" t="s">
         <v>75</v>
       </c>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="L9" t="s">
         <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
@@ -1936,51 +1936,51 @@
       </c>
       <c r="N13" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>113</v>
       </c>
       <c r="F14" t="s">
         <v>114</v>
       </c>
       <c r="G14">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H14" t="s">
         <v>115</v>
       </c>
       <c r="I14" t="s">
         <v>116</v>
       </c>
       <c r="J14" t="s">
         <v>117</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14" t="s">
         <v>118</v>
       </c>
       <c r="M14" t="s">
         <v>119</v>
       </c>
       <c r="N14" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
@@ -2080,51 +2080,51 @@
       <c r="C17" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>140</v>
       </c>
       <c r="F17" t="s">
         <v>141</v>
       </c>
       <c r="G17">
         <v>12</v>
       </c>
       <c r="H17" t="s">
         <v>142</v>
       </c>
       <c r="I17" t="s">
         <v>143</v>
       </c>
       <c r="J17" t="s">
         <v>144</v>
       </c>
       <c r="K17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L17" t="s">
         <v>145</v>
       </c>
       <c r="M17" t="s">
         <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E18" t="s">
@@ -2256,51 +2256,51 @@
       <c r="C21" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E21" t="s">
         <v>176</v>
       </c>
       <c r="F21" t="s">
         <v>177</v>
       </c>
       <c r="G21">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>178</v>
       </c>
       <c r="I21" t="s">
         <v>179</v>
       </c>
       <c r="J21" t="s">
         <v>180</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L21" t="s">
         <v>181</v>
       </c>
       <c r="M21" t="s">
         <v>182</v>
       </c>
       <c r="N21" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>184</v>
       </c>
       <c r="E22" t="s">
@@ -2520,51 +2520,51 @@
       <c r="C27" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>226</v>
       </c>
       <c r="E27" t="s">
         <v>227</v>
       </c>
       <c r="F27" t="s">
         <v>228</v>
       </c>
       <c r="G27">
         <v>3</v>
       </c>
       <c r="H27" t="s">
         <v>229</v>
       </c>
       <c r="I27" t="s">
         <v>230</v>
       </c>
       <c r="J27" t="s">
         <v>231</v>
       </c>
       <c r="K27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L27" t="s">
         <v>232</v>
       </c>
       <c r="M27" t="s">
         <v>233</v>
       </c>
       <c r="N27" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E28" t="s">