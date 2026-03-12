--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Valoare totală proiecte</t>
   </si>
   <si>
@@ -128,84 +128,84 @@
   <si>
     <t>207.178.517,06</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>15.07.2024</t>
   </si>
   <si>
     <t>1.290.563.422,56</t>
   </si>
   <si>
     <t>592.034.599,13</t>
   </si>
   <si>
     <t>105.958.146,40</t>
   </si>
   <si>
-    <t>287.767.701,87</t>
-[...5 lines deleted...]
-    <t>28.735.540,14</t>
+    <t>296.427.002,33</t>
+  </si>
+  <si>
+    <t>167.730.107,07</t>
+  </si>
+  <si>
+    <t>29.599.430,61</t>
   </si>
   <si>
     <t>PRSM/267/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
     <t>09.08.2024</t>
   </si>
   <si>
     <t>5.812.240.529,63</t>
   </si>
   <si>
     <t>2.468.109.825,60</t>
   </si>
   <si>
     <t>435.517.667,93</t>
   </si>
   <si>
-    <t>3.541.941.256,27</t>
-[...5 lines deleted...]
-    <t>258.376.495,25</t>
+    <t>3.622.995.989,07</t>
+  </si>
+  <si>
+    <t>1.495.627.656,09</t>
+  </si>
+  <si>
+    <t>263.934.292,30</t>
   </si>
   <si>
     <t>PRSM/462/PRSM_P1/OP1/RSO1.3/PRSM_A39 - etapizate</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>1.286.349,06</t>
   </si>
   <si>
     <t>379.984,07</t>
   </si>
   <si>
     <t>354.710,57</t>
   </si>
   <si>
     <t>1.242.503,95</t>
   </si>
   <si>
     <t>596.599,42</t>
   </si>
@@ -236,66 +236,66 @@
   <si>
     <t>RSO2.1 - Promovarea eficienței energetice și reducerea emisiilor de gaze cu efect de seră</t>
   </si>
   <si>
     <t>PRSM/701/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>715.524.705,89</t>
   </si>
   <si>
     <t>608.196.000,01</t>
   </si>
   <si>
     <t>107.328.705,88</t>
   </si>
   <si>
     <t>PRSM/638/PRSM_P2/OP2</t>
   </si>
   <si>
     <t>23.05.2025</t>
   </si>
   <si>
     <t>21.05.2027</t>
   </si>
   <si>
-    <t>958.476.590,92</t>
-[...14 lines deleted...]
-    <t>62.654.351,39</t>
+    <t>984.182.934,57</t>
+  </si>
+  <si>
+    <t>646.492.004,37</t>
+  </si>
+  <si>
+    <t>98.765.635,04</t>
+  </si>
+  <si>
+    <t>702.651.433,73</t>
+  </si>
+  <si>
+    <t>429.565.653,02</t>
+  </si>
+  <si>
+    <t>65.698.281,69</t>
   </si>
   <si>
     <t>PRSM/265/PRSM_P2/OP2/RSO2.1/PRSM_A37</t>
   </si>
   <si>
     <t>15.05.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>399.451.549,90</t>
   </si>
   <si>
     <t>317.406.407,81</t>
   </si>
   <si>
     <t>48.544.676,40</t>
   </si>
   <si>
     <t>333.618.456,91</t>
   </si>
   <si>
     <t>261.444.816,21</t>
   </si>
@@ -326,63 +326,72 @@
   <si>
     <t>767.472,70</t>
   </si>
   <si>
     <t>117.378,17</t>
   </si>
   <si>
     <t>PRSM/249/PRSM_P2/OP2/RSO2.1/PRSM_A34</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>753.897.991,03</t>
   </si>
   <si>
     <t>517.853.679,56</t>
   </si>
   <si>
     <t>68.440.785,00</t>
   </si>
   <si>
+    <t>78.156.725,54</t>
+  </si>
+  <si>
+    <t>46.575.874,51</t>
+  </si>
+  <si>
+    <t>7.123.369,07</t>
+  </si>
+  <si>
     <t>PRSM/423/PRSM_P2/OP2/RSO2.1/PRSM_A34 - etapizate</t>
   </si>
   <si>
     <t>78.104.826,66</t>
   </si>
   <si>
     <t>42.507.854,12</t>
   </si>
   <si>
     <t>5.192.442,36</t>
   </si>
   <si>
-    <t>82.203.680,39</t>
+    <t>83.754.010,88</t>
   </si>
   <si>
     <t>41.587.989,78</t>
   </si>
   <si>
     <t>5.051.757,21</t>
   </si>
   <si>
     <t>RSO2.7 - Intensificare acțiunilor de protecție și conservare a naturii, a biodiversității și a infrastructurii verzi, inclusiv în zonele urbane, precum și reducerea tuturor formelor de poluare</t>
   </si>
   <si>
     <t>PRSM/536/PRSM_P2/OP2/RSO2.7/PRSM_A13</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
     <t>1.659.749.039,67</t>
   </si>
   <si>
     <t>1.202.273.941,73</t>
   </si>
@@ -581,99 +590,99 @@
   <si>
     <t>37.491.830,86</t>
   </si>
   <si>
     <t>11.580.127,37</t>
   </si>
   <si>
     <t>12.072.487,94</t>
   </si>
   <si>
     <t>PRSM/432/PRSM_P5/OP4/RSO4.2/PRSM_A1 - etapizate</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>57.170.861,72</t>
   </si>
   <si>
     <t>18.451.288,81</t>
   </si>
   <si>
     <t>19.235.672,77</t>
   </si>
   <si>
-    <t>28.345.004,92</t>
+    <t>30.571.042,59</t>
   </si>
   <si>
     <t>11.683.624,78</t>
   </si>
   <si>
     <t>12.180.263,22</t>
   </si>
   <si>
     <t>PRSM/310/PRSM_P5/OP4/RSO4.2/PRSM_A23</t>
   </si>
   <si>
     <t>19.06.2024</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>2.306.969.247,06</t>
   </si>
   <si>
     <t>968.344.158,64</t>
   </si>
   <si>
     <t>956.349.053,22</t>
   </si>
   <si>
     <t>25.311.060,67</t>
   </si>
   <si>
     <t>9.538.807,84</t>
   </si>
   <si>
     <t>9.944.376,17</t>
   </si>
   <si>
     <t>PRSM/433/PRSM_P5/OP4/RSO4.2/PRSM_A23 - etapizate</t>
   </si>
   <si>
     <t>144.691.148,33</t>
   </si>
   <si>
     <t>42.977.191,34</t>
   </si>
   <si>
     <t>44.814.916,24</t>
   </si>
   <si>
-    <t>154.708.961,44</t>
+    <t>155.206.061,12</t>
   </si>
   <si>
     <t>42.379.348,24</t>
   </si>
   <si>
     <t>44.181.221,97</t>
   </si>
   <si>
     <t>PRSM/298/PRSM_P5/OP4/RSO4.2/PRSM_A22</t>
   </si>
   <si>
     <t>07.06.2024</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>157.706.151,26</t>
   </si>
   <si>
     <t>60.718.219,27</t>
   </si>
   <si>
     <t>63.298.150,27</t>
   </si>
@@ -731,57 +740,57 @@
   <si>
     <t>13.116.694,91</t>
   </si>
   <si>
     <t>110.691.555,68</t>
   </si>
   <si>
     <t>54.609.987,28</t>
   </si>
   <si>
     <t>8.352.114,93</t>
   </si>
   <si>
     <t>PRSM/437/PRSM_P6/OP5/RSO5.1/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>19.309.003,46</t>
   </si>
   <si>
     <t>12.556.647,91</t>
   </si>
   <si>
     <t>1.920.428,50</t>
   </si>
   <si>
-    <t>20.588.198,97</t>
-[...5 lines deleted...]
-    <t>1.990.350,28</t>
+    <t>19.663.714,17</t>
+  </si>
+  <si>
+    <t>12.228.016,78</t>
+  </si>
+  <si>
+    <t>1.870.167,43</t>
   </si>
   <si>
     <t>PRSM/369/PRSM_P6/OP5/RSO5.1/PRSM_A40</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>274.736.991,64</t>
   </si>
   <si>
     <t>216.732.403,95</t>
   </si>
   <si>
     <t>35.610.280,42</t>
   </si>
   <si>
     <t>100.764.111,61</t>
   </si>
   <si>
     <t>83.503.523,00</t>
   </si>
@@ -824,51 +833,51 @@
   <si>
     <t>81.216.868,51</t>
   </si>
   <si>
     <t>51.799.309,36</t>
   </si>
   <si>
     <t>7.922.247,29</t>
   </si>
   <si>
     <t>PRSM/436/PRSM_P6/OP5/RSO5.2/PRSM_A32 - etapizate</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>11.640.137,30</t>
   </si>
   <si>
     <t>7.031.468,91</t>
   </si>
   <si>
     <t>1.075.401,11</t>
   </si>
   <si>
-    <t>13.730.262,57</t>
+    <t>14.829.150,52</t>
   </si>
   <si>
     <t>7.113.836,93</t>
   </si>
   <si>
     <t>1.087.998,57</t>
   </si>
   <si>
     <t>PRSM/380/PRSM_P6/OP5/RSO5.2/PRSM_A40</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>647.273.057,14</t>
   </si>
   <si>
     <t>529.462.748,31</t>
   </si>
   <si>
     <t>90.163.688,35</t>
   </si>
   <si>
     <t>68.416.072,16</t>
   </si>
@@ -1511,95 +1520,95 @@
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4">
         <v>820</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
         <v>36</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="K4">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5">
         <v>559</v>
       </c>
       <c r="H5" t="s">
         <v>44</v>
       </c>
       <c r="I5" t="s">
         <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
@@ -1719,63 +1728,63 @@
       </c>
       <c r="N8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
       <c r="I9" t="s">
         <v>75</v>
       </c>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L9" t="s">
         <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
@@ -1862,1202 +1871,1205 @@
       </c>
       <c r="C12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E12" t="s">
         <v>99</v>
       </c>
       <c r="F12" t="s">
         <v>100</v>
       </c>
       <c r="G12">
         <v>81</v>
       </c>
       <c r="H12" t="s">
         <v>101</v>
       </c>
       <c r="I12" t="s">
         <v>102</v>
       </c>
       <c r="J12" t="s">
         <v>103</v>
       </c>
+      <c r="K12">
+        <v>7</v>
+      </c>
       <c r="L12" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>90</v>
       </c>
       <c r="F13" t="s">
         <v>91</v>
       </c>
       <c r="G13">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="J13" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="K13">
         <v>12</v>
       </c>
       <c r="L13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E14" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G14">
         <v>71</v>
       </c>
       <c r="H14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="I14" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J14" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G15">
         <v>8</v>
       </c>
       <c r="H15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="I15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="J15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="M15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="N15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E16" t="s">
         <v>90</v>
       </c>
       <c r="F16" t="s">
         <v>82</v>
       </c>
       <c r="G16">
         <v>11</v>
       </c>
       <c r="H16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="I16" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="K16">
         <v>10</v>
       </c>
       <c r="L16" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="M16" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="N16" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E17" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F17" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="G17">
         <v>12</v>
       </c>
       <c r="H17" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="I17" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J17" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="M17" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="N17" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18">
         <v>5</v>
       </c>
       <c r="H18" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I18" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J18" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="M18" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="N18" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E19" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F19" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G19">
         <v>11</v>
       </c>
       <c r="H19" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="I19" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J19" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="K19">
         <v>9</v>
       </c>
       <c r="L19" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="M19" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="N19" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E20" t="s">
         <v>90</v>
       </c>
       <c r="F20" t="s">
         <v>91</v>
       </c>
       <c r="G20">
         <v>3</v>
       </c>
       <c r="H20" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="I20" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="J20" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="M20" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="N20" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E21" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F21" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G21">
         <v>49</v>
       </c>
       <c r="H21" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="I21" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="J21" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="M21" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="N21" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E22" t="s">
         <v>90</v>
       </c>
       <c r="F22" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="G22">
         <v>7</v>
       </c>
       <c r="H22" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="I22" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J22" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="K22">
         <v>6</v>
       </c>
       <c r="L22" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="M22" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="N22" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E23" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F23" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G23">
         <v>126</v>
       </c>
       <c r="H23" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="I23" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="J23" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="M23" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="N23" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E24" t="s">
         <v>90</v>
       </c>
       <c r="F24" t="s">
         <v>82</v>
       </c>
       <c r="G24">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="I24" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="J24" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="K24">
         <v>15</v>
       </c>
       <c r="L24" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="M24" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="N24" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E25" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F25" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G25">
         <v>8</v>
       </c>
       <c r="H25" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="I25" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="J25" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="K25">
         <v>6</v>
       </c>
       <c r="L25" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="M25" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="N25" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E26" t="s">
         <v>90</v>
       </c>
       <c r="F26" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="G26">
         <v>5</v>
       </c>
       <c r="H26" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="I26" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="J26" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M26" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="N26" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E27" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F27" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G27">
         <v>3</v>
       </c>
       <c r="H27" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="I27" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="J27" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="K27">
         <v>2</v>
       </c>
       <c r="L27" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="M27" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="N27" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E28" t="s">
         <v>90</v>
       </c>
       <c r="F28" t="s">
         <v>91</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I28" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="J28" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="M28" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="N28" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E29" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F29" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="G29">
         <v>9</v>
       </c>
       <c r="H29" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I29" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="J29" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="M29" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="N29" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="I30" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="J30" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="M30" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="N30" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="E31" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="F31" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="G31">
         <v>30</v>
       </c>
       <c r="H31" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="I31" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="J31" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="M31" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="N31" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E32" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F32" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G32">
         <v>7</v>
       </c>
       <c r="H32" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="I32" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="J32" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="K32">
         <v>7</v>
       </c>
       <c r="L32" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="M32" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="N32" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E33" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F33" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="G33">
         <v>24</v>
       </c>
       <c r="H33" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="I33" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="J33" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="M33" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="N33" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E34" t="s">
         <v>60</v>
       </c>
       <c r="F34" t="s">
         <v>61</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="I34" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="J34" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="M34" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="N34" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="E35" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="F35" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I35" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="J35" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="M35" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="N35" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E36" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F36" t="s">
         <v>82</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="I36" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="J36" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="M36" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="N36" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E37" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F37" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="I37" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="J37" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="M37" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="N37" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="E38" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F38" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="I38" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="J38" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="M38" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="N38" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">